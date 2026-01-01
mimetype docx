--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -184,247 +184,303 @@
       <w:r w:rsidR="00C02EF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>29</w:t>
       </w:r>
       <w:r w:rsidR="008312F6" w:rsidRPr="008312F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de </w:t>
       </w:r>
       <w:r w:rsidR="00C02EF7">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>junho</w:t>
       </w:r>
       <w:r w:rsidR="008312F6" w:rsidRPr="008312F6">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 2020</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B129F35" w14:textId="57DD74E6" w:rsidR="00DA4C6C" w:rsidRPr="008312F6" w:rsidRDefault="00D366E2" w:rsidP="00ED2318">
+    <w:p w14:paraId="4B129F35" w14:textId="57DD74E6" w:rsidR="00DA4C6C" w:rsidRPr="003B0EB2" w:rsidRDefault="00D366E2" w:rsidP="00ED2318">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Por meio deste formulário os autores informam </w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">o periódico </w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">sobre a conformidade do manuscrito com as práticas de comunicação da Ciência Aberta. </w:t>
       </w:r>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>O</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>s autores são solicitados a informar</w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>: (a)</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se o manuscrito é um </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>preprint</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> e, em caso positivo, sua localização; (b)</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se dados, códigos de programas e outros materiais subjacentes ao text</w:t>
       </w:r>
-      <w:r w:rsidR="00C1430C" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00C1430C" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o do manuscrito</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> estão devidamente </w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">citados e </w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>referenciados</w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>, (c)</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> se aceita</w:t>
       </w:r>
-      <w:r w:rsidR="00874B0E" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00874B0E" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidR="005E65AD" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="005E65AD" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> opções de abertura no processo de avaliação por pares. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C79D831" w14:textId="7A6335C4" w:rsidR="00914179" w:rsidRPr="00633DE1" w:rsidRDefault="00A041B7" w:rsidP="00914179">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00633DE1">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>Preprints</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="6967DC5D" w14:textId="43A19428" w:rsidR="00914179" w:rsidRPr="008312F6" w:rsidRDefault="001B47BE" w:rsidP="00914179">
+    <w:p w14:paraId="6967DC5D" w14:textId="43A19428" w:rsidR="00914179" w:rsidRPr="003B0EB2" w:rsidRDefault="001B47BE" w:rsidP="00914179">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Dep</w:t>
       </w:r>
-      <w:r w:rsidR="00C1430C" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00C1430C" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>ó</w:t>
       </w:r>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>sito do</w:t>
       </w:r>
-      <w:r w:rsidR="00D366E2" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00D366E2" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> manuscrito em um servidor de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00D366E2" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00D366E2" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>preprints</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00D366E2" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00D366E2" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> reconhecido pelo periódico.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
       <w:tr w:rsidR="00914179" w:rsidRPr="008312F6" w14:paraId="0608DA9F" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
           <w:p w14:paraId="507DD2B2" w14:textId="237825C5" w:rsidR="00914179" w:rsidRPr="008312F6" w:rsidRDefault="005E65AD" w:rsidP="00914179">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
@@ -674,949 +730,1183 @@
         <w:t xml:space="preserve"> e outros </w:t>
       </w:r>
       <w:r w:rsidR="00082980">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>M</w:t>
       </w:r>
       <w:r w:rsidR="00515B88" w:rsidRPr="00633DE1">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>ateriais</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16ED9CF5" w14:textId="7A6C4237" w:rsidR="00E61321" w:rsidRPr="008312F6" w:rsidRDefault="00D366E2" w:rsidP="00ED2318">
+    <w:p w14:paraId="16ED9CF5" w14:textId="7A6C4237" w:rsidR="00E61321" w:rsidRPr="003B0EB2" w:rsidRDefault="00D366E2" w:rsidP="00ED2318">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Autores são encorajados a disponibilizar todos os conteúdos (dados, códigos de programa e outros materiais) subjacentes ao texto do manuscrito </w:t>
       </w:r>
-      <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">anteriormente ou </w:t>
       </w:r>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">no momento da publicação. </w:t>
       </w:r>
-      <w:r w:rsidR="001B47BE" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidR="001B47BE" w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>xceções são permitidas em casos de questões legais e éticas. O objetivo é facilitar a avaliação do manuscrito e, se aprovado, contribuir para a preservação e reuso dos conteúdos e a reprodutibilidade das pesquisas.</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
       <w:tr w:rsidR="00D366E2" w:rsidRPr="008312F6" w14:paraId="18676519" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="5DE0E96A" w14:textId="45DD8956" w:rsidR="00D366E2" w:rsidRPr="008312F6" w:rsidRDefault="003E0A61" w:rsidP="001E5056">
+          <w:p w14:paraId="5DE0E96A" w14:textId="45DD8956" w:rsidR="00D366E2" w:rsidRPr="003B0EB2" w:rsidRDefault="003E0A61" w:rsidP="001E5056">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003E0A61">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Os conteúdos subjacentes ao texto do manuscrito já estão disponíveis em sua totalidade e sem restrições ou assim estarão no momento da publicação?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E61321" w:rsidRPr="008312F6" w14:paraId="3DB0750C" w14:textId="77777777" w:rsidTr="00397144">
         <w:trPr>
           <w:trHeight w:val="1886"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="1363101C" w14:textId="77777777" w:rsidR="00E61321" w:rsidRPr="008312F6" w:rsidRDefault="00E61321" w:rsidP="00EA7D41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008312F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6EA2CCE4" w14:textId="77777777" w:rsidR="00E61321" w:rsidRPr="008312F6" w:rsidRDefault="00E61321" w:rsidP="00EA7D41">
+          <w:p w14:paraId="6EA2CCE4" w14:textId="77777777" w:rsidR="00E61321" w:rsidRPr="003B0EB2" w:rsidRDefault="00E61321" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F6B1486" w14:textId="3099DAA4" w:rsidR="000F7398" w:rsidRPr="008312F6" w:rsidRDefault="000F7398" w:rsidP="00EA7D41">
+          <w:p w14:paraId="0F6B1486" w14:textId="3099DAA4" w:rsidR="000F7398" w:rsidRPr="003B0EB2" w:rsidRDefault="000F7398" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> os conteúdos subjacentes ao texto da pesquisa estão contidos no </w:t>
             </w:r>
-            <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">manuscrito </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1BAA448C" w14:textId="3D752C18" w:rsidR="009A1F5C" w:rsidRDefault="000F7398" w:rsidP="00EA7D41">
+          <w:p w14:paraId="1BAA448C" w14:textId="3D752C18" w:rsidR="009A1F5C" w:rsidRPr="003B0EB2" w:rsidRDefault="000F7398" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="009A1F5C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="009A1F5C" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>os conteúdos já estão disponíveis</w:t>
             </w:r>
-            <w:r w:rsidR="009A1F5C">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="009A1F5C" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">       (  ) os conteúdos estarão disponíveis no momento da publicação do artigo</w:t>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="009A1F5C" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="009A1F5C" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> os conteúdos estarão disponíveis no momento da publicação do artigo</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5A6DB473" w14:textId="2192E49B" w:rsidR="000F7398" w:rsidRPr="008312F6" w:rsidRDefault="009A1F5C" w:rsidP="00EA7D41">
+          <w:p w14:paraId="5A6DB473" w14:textId="2192E49B" w:rsidR="000F7398" w:rsidRPr="003B0EB2" w:rsidRDefault="009A1F5C" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Segue títulos e respectivas URLs, números de acesso ou </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>DOIs</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> dos arquivos </w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">             dos conteúdos subjacentes ao texto do artigo (use uma linha para cada dado)</w:t>
             </w:r>
-            <w:r w:rsidR="008B6A7A" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="008B6A7A" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">        </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E61321" w:rsidRPr="008312F6" w14:paraId="45ADEF51" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="35871BF6" w14:textId="77777777" w:rsidR="00E61321" w:rsidRPr="008312F6" w:rsidRDefault="00E61321" w:rsidP="00EA7D41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008312F6">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3D71730A" w14:textId="48B61481" w:rsidR="00515B88" w:rsidRPr="008312F6" w:rsidRDefault="00E61321" w:rsidP="000F7398">
+          <w:p w14:paraId="3D71730A" w14:textId="48B61481" w:rsidR="00515B88" w:rsidRPr="003B0EB2" w:rsidRDefault="00E61321" w:rsidP="000F7398">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">    </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...3 lines deleted...]
-              <w:t xml:space="preserve">   (</w:t>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidR="000F7398" w:rsidRPr="008312F6">
-[...7 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="000F7398" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">dados </w:t>
             </w:r>
-            <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>estão disponíveis sob demanda dos pareceristas</w:t>
             </w:r>
-            <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
-              <w:t xml:space="preserve">       (  ) após a publicação os dados </w:t>
-[...3 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+              <w:t xml:space="preserve">    </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">   (  )</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> após a publicação os dados </w:t>
+            </w:r>
+            <w:r w:rsidR="001B47BE" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">estarão </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">disponíveis sob demanda aos autores – </w:t>
             </w:r>
-            <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">             </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>condição justificada no</w:t>
             </w:r>
-            <w:r w:rsidR="00B35A1D" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00B35A1D" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>manuscrito</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70E11416" w14:textId="77777777" w:rsidR="00201009" w:rsidRDefault="008B6A7A" w:rsidP="00201009">
+          <w:p w14:paraId="70E11416" w14:textId="77777777" w:rsidR="00201009" w:rsidRPr="003B0EB2" w:rsidRDefault="008B6A7A" w:rsidP="00201009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">       </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
             <w:proofErr w:type="gramEnd"/>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>os dados não podem ser disponibilizados publicamente. Justifique a seguir:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B48749A" w14:textId="1AF58470" w:rsidR="00AF71F0" w:rsidRPr="008312F6" w:rsidRDefault="00AF71F0" w:rsidP="00201009">
+          <w:p w14:paraId="1B48749A" w14:textId="1AF58470" w:rsidR="00AF71F0" w:rsidRPr="003B0EB2" w:rsidRDefault="00AF71F0" w:rsidP="00201009">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="39B1EDF5" w14:textId="318EEC37" w:rsidR="002577E9" w:rsidRPr="001E5056" w:rsidRDefault="002577E9" w:rsidP="001E5056">
+    <w:p w14:paraId="39B1EDF5" w14:textId="318EEC37" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="002577E9" w:rsidP="001E5056">
       <w:pPr>
         <w:pStyle w:val="Ttulo1"/>
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00633DE1">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t>berturas na avaliação</w:t>
       </w:r>
       <w:r w:rsidRPr="00633DE1">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="C00000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
         <w:t xml:space="preserve"> por pares</w:t>
       </w:r>
       <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00201009" w:rsidRPr="001E5056">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Os autores poderão optar por um ou mais </w:t>
+      </w:r>
+      <w:r w:rsidR="00082980" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...4 lines deleted...]
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>meios</w:t>
+      </w:r>
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-[...18 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> de abertura do processo de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>peer</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> review</w:t>
       </w:r>
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> oferecid</w:t>
       </w:r>
-      <w:r w:rsidR="00082980">
+      <w:r w:rsidR="00082980" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidR="00201009" w:rsidRPr="00633DE1">
+      <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
         <w:rPr>
           <w:rFonts w:cstheme="majorHAnsi"/>
           <w:color w:val="auto"/>
-          <w:sz w:val="22"/>
-          <w:szCs w:val="22"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">s pelo periódico. </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="562"/>
         <w:gridCol w:w="8505"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002577E9" w:rsidRPr="008312F6" w14:paraId="2D29C60D" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="002577E9" w:rsidRPr="003B0EB2" w14:paraId="2D29C60D" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="51BF2636" w14:textId="19659E5F" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="00201009" w:rsidP="002577E9">
+          <w:p w14:paraId="51BF2636" w14:textId="19659E5F" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="00201009" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Quando </w:t>
             </w:r>
-            <w:r w:rsidR="00F945A5" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00F945A5" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oferecida a opção</w:t>
             </w:r>
-            <w:r w:rsidR="00DB5F59" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00DB5F59" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>,</w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00DB5F59" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00DB5F59" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>o</w:t>
             </w:r>
-            <w:r w:rsidR="002577E9" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="002577E9" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>s autores concordam com a publicação dos pareceres d</w:t>
             </w:r>
-            <w:r w:rsidR="00DB5F59" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00DB5F59" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>a avaliação de aprovação do manuscrito?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002577E9" w:rsidRPr="008312F6" w14:paraId="413BF2BB" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="002577E9" w:rsidRPr="003B0EB2" w14:paraId="413BF2BB" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="369FB1CC" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
+          <w:p w14:paraId="369FB1CC" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2774A71E" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
+          <w:p w14:paraId="2774A71E" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002577E9" w:rsidRPr="008312F6" w14:paraId="0360D845" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="002577E9" w:rsidRPr="003B0EB2" w14:paraId="0360D845" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33DBB8B1" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
+          <w:p w14:paraId="33DBB8B1" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0F492017" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
+          <w:p w14:paraId="0F492017" w14:textId="77777777" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="002577E9" w:rsidP="00EA7D41">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002577E9" w:rsidRPr="008312F6" w14:paraId="2972E338" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="002577E9" w:rsidRPr="003B0EB2" w14:paraId="2972E338" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9067" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="35556E3D" w14:textId="6A795F5A" w:rsidR="002577E9" w:rsidRPr="008312F6" w:rsidRDefault="00411862" w:rsidP="002577E9">
+          <w:p w14:paraId="35556E3D" w14:textId="6A795F5A" w:rsidR="002577E9" w:rsidRPr="003B0EB2" w:rsidRDefault="00411862" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Quando </w:t>
             </w:r>
-            <w:r w:rsidR="00F945A5" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00F945A5" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>oferecida a opção</w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>, os autores concordam em intera</w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">gir </w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>direta</w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>mente</w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> com </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>pareceristas</w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00201009" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00201009" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">responsáveis pela avaliação do </w:t>
             </w:r>
-            <w:r w:rsidR="00DB5F59" w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidR="00DB5F59" w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>manuscrito</w:t>
             </w:r>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411862" w:rsidRPr="008312F6" w14:paraId="2D45D22F" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="00411862" w:rsidRPr="003B0EB2" w14:paraId="2D45D22F" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="378392A4" w14:textId="77777777" w:rsidR="00411862" w:rsidRPr="008312F6" w:rsidRDefault="00411862" w:rsidP="002577E9">
+          <w:p w14:paraId="378392A4" w14:textId="77777777" w:rsidR="00411862" w:rsidRPr="003B0EB2" w:rsidRDefault="00411862" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D9D795D" w14:textId="77777777" w:rsidR="00411862" w:rsidRPr="008312F6" w:rsidRDefault="00411862" w:rsidP="002577E9">
+          <w:p w14:paraId="4D9D795D" w14:textId="77777777" w:rsidR="00411862" w:rsidRPr="003B0EB2" w:rsidRDefault="00411862" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Sim</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00411862" w:rsidRPr="008312F6" w14:paraId="3024B9A6" w14:textId="77777777" w:rsidTr="00397144">
+      <w:tr w:rsidR="00411862" w:rsidRPr="003B0EB2" w14:paraId="3024B9A6" w14:textId="77777777" w:rsidTr="00397144">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="562" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A9D100A" w14:textId="15023D66" w:rsidR="00411862" w:rsidRPr="008312F6" w:rsidRDefault="00411862" w:rsidP="002577E9">
+          <w:p w14:paraId="6A9D100A" w14:textId="15023D66" w:rsidR="00411862" w:rsidRPr="003B0EB2" w:rsidRDefault="00411862" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (  )</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="267D4DF7" w14:textId="33284268" w:rsidR="00DB5F59" w:rsidRPr="008312F6" w:rsidRDefault="00411862" w:rsidP="002577E9">
+          <w:p w14:paraId="267D4DF7" w14:textId="33284268" w:rsidR="00DB5F59" w:rsidRPr="003B0EB2" w:rsidRDefault="00411862" w:rsidP="002577E9">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008312F6">
-[...1 lines deleted...]
-                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+            <w:r w:rsidRPr="003B0EB2">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Não</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="7FED25B5" w14:textId="3EEB4088" w:rsidR="0000530F" w:rsidRPr="008312F6" w:rsidRDefault="006B2755" w:rsidP="00397144">
+    <w:p w14:paraId="7FED25B5" w14:textId="3EEB4088" w:rsidR="0000530F" w:rsidRDefault="006B2755" w:rsidP="00397144">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t>Observação:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> As assinaturas dos autores podem ser realizadas de forma digital por meio do site sougov.br, que oferece um sistema seguro para a autenticação e validação das assinaturas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D63A401" w14:textId="78ABD9EE" w:rsidR="003B0EB2" w:rsidRPr="003B0EB2" w:rsidRDefault="003B0EB2" w:rsidP="00397144">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003B0EB2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Espaço para Assinatura</w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
-        </w:rPr>
-[...12 lines deleted...]
-        <w:t>.</w:t>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>s:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0000530F" w:rsidRPr="008312F6" w:rsidSect="00397144">
+    <w:sectPr w:rsidR="003B0EB2" w:rsidRPr="003B0EB2" w:rsidSect="00397144">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="284" w:right="1701" w:bottom="0" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="3F834421" w14:textId="77777777" w:rsidR="007639DD" w:rsidRDefault="007639DD" w:rsidP="008312F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="1868956C" w14:textId="77777777" w:rsidR="007639DD" w:rsidRDefault="007639DD" w:rsidP="008312F6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -1956,59 +2246,61 @@
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00681868"/>
     <w:rsid w:val="0000530F"/>
     <w:rsid w:val="00047D11"/>
     <w:rsid w:val="00077235"/>
     <w:rsid w:val="00082980"/>
     <w:rsid w:val="000A575E"/>
     <w:rsid w:val="000F7398"/>
     <w:rsid w:val="00140242"/>
     <w:rsid w:val="001B47BE"/>
+    <w:rsid w:val="001C01C5"/>
     <w:rsid w:val="001E5056"/>
     <w:rsid w:val="00201009"/>
     <w:rsid w:val="00244210"/>
     <w:rsid w:val="002577E9"/>
     <w:rsid w:val="002B3451"/>
     <w:rsid w:val="00332E51"/>
     <w:rsid w:val="00344B2F"/>
     <w:rsid w:val="0035191E"/>
     <w:rsid w:val="00397144"/>
+    <w:rsid w:val="003B0EB2"/>
     <w:rsid w:val="003E0A61"/>
     <w:rsid w:val="00411862"/>
     <w:rsid w:val="00424AF0"/>
     <w:rsid w:val="00454CE8"/>
     <w:rsid w:val="004D7318"/>
     <w:rsid w:val="004E3986"/>
     <w:rsid w:val="005127CD"/>
     <w:rsid w:val="00515B88"/>
     <w:rsid w:val="00552BDD"/>
     <w:rsid w:val="0057401A"/>
     <w:rsid w:val="005E65AD"/>
     <w:rsid w:val="005F1F76"/>
     <w:rsid w:val="00633DE1"/>
     <w:rsid w:val="00681868"/>
     <w:rsid w:val="006B2755"/>
     <w:rsid w:val="00714787"/>
     <w:rsid w:val="007639DD"/>
     <w:rsid w:val="007B72BD"/>
     <w:rsid w:val="008311A5"/>
     <w:rsid w:val="008312F6"/>
     <w:rsid w:val="00874B0E"/>
     <w:rsid w:val="00874CEA"/>
     <w:rsid w:val="00885890"/>
     <w:rsid w:val="008B6A7A"/>
     <w:rsid w:val="00914179"/>
@@ -3028,76 +3320,76 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>433</Words>
-  <Characters>2341</Characters>
+  <Words>437</Words>
+  <Characters>2362</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>19</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2769</CharactersWithSpaces>
+  <CharactersWithSpaces>2794</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Alex Mendonça</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>