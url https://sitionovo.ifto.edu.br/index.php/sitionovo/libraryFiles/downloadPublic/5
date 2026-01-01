--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -6,2458 +6,2201 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4EEE163C" w14:textId="40056A49" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="4EEE163C" w14:textId="40056A49" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Atribuição de Contribuições para Pesquisa (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="49929EDA" w14:textId="77777777" w:rsidR="00BF24D2" w:rsidRPr="009E43C7" w:rsidRDefault="00BF24D2" w:rsidP="008B6FCD">
+    <w:p w14:paraId="49929EDA" w14:textId="77777777" w:rsidR="00BF24D2" w:rsidRPr="00A04A1F" w:rsidRDefault="00BF24D2" w:rsidP="008B6FCD">
       <w:pPr>
         <w:pStyle w:val="SitioNovoTitulo"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EB76A78" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="3EB76A78" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Como forma de garantir mais transparência no processo de criação e publicação dos trabalhos submetidos, a Revista Sítio Novo adota a Taxonomia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Contributor</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Role </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Taxonomy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>), uma ferramenta útil para esclarecer as contribuições de cada colaborador durante a produção e publicação dos resultados da pesquisa, como artigos científicos.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="095103FC" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="095103FC" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1D7C4F31" w14:textId="28C78549" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="1D7C4F31" w14:textId="28C78549" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O que é a </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44F6DD39" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="44F6DD39" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">A Taxonomia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> oferece uma lista de 14 papéis distintos que descrevem as principais contribuições de pesquisadores na produção de um artigo ou outro resultado de pesquisa. Ela foi criada para padronizar e facilitar a atribuição de responsabilidades, proporcionando maior transparência e reconhecimento das contribuições individuais.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D91A60D" w14:textId="68F7B2EB" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="4D91A60D" w14:textId="68F7B2EB" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Instruções para </w:t>
       </w:r>
-      <w:r w:rsidR="00420CB7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00420CB7" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">reenchimento </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="679C3276" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="679C3276" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Atribuição de Funções</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E48CEBA" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ao preparar o trabalho para envio a um periódico que utilize a Taxonomia </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, é importante que todos os autores e colaboradores tenham discutido e concordado previamente sobre as funções desempenhadas durante a pesquisa. O autor principal ou correspondente será responsável por registrar essas informações no momento do envio.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A2FAB0E" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Funções Múltiplas</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11C23119" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>É comum que um único pesquisador tenha desempenhado várias funções durante a realização de um projeto. Portanto, não hesite em atribuir múltiplas funções a um mesmo indivíduo, caso isso seja pertinente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61E24D0B" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Funções para Vários Colaboradores</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41B28B58" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Uma mesma função pode ser atribuída a mais de um colaborador. Isso pode ocorrer, por exemplo, quando diferentes pesquisadores participaram de maneira semelhante de uma determinada etapa do projeto.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79987B78" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Funções Não Relevantes</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C595E4" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nem todas as funções da </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> serão aplicáveis a todos os projetos. Caso alguma função não se refira ao seu trabalho de pesquisa específico, não é necessário incluí-la no formulário.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C1429DD" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:u w:val="single"/>
-[...12 lines deleted...]
-      </w:r>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="6E48CEBA" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="0C96DB8E" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...204 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Confira as 14 funções de colaboradores do </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="9067" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1980"/>
-        <w:gridCol w:w="7087"/>
+        <w:gridCol w:w="2014"/>
+        <w:gridCol w:w="7053"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="6DFDF8F7" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="6DFDF8F7" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="12718904" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="12718904" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Função</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="28A21B4C" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="28A21B4C" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Descrição</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="432A9CDE" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="432A9CDE" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="43450B13" w14:textId="453415BA" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="43450B13" w14:textId="453415BA" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Conceitualização</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4AC6AEBE" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="4AC6AEBE" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Ideias; formulação ou evolução de objetivos e metas abrangentes de pesquisa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="7BAD360D" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="7BAD360D" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="54D0D56D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="54D0D56D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Curadoria de dados</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A989C33" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="6A989C33" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Atividades de gerenciamento para anotar (produzir metadados), limpar dados e manter dados de pesquisa (incluindo código de software, quando necessário para interpretar os dados em si) para uso inicial e reutilização posterior.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="5FA91ECF" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="5FA91ECF" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3EFF95A5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="3EFF95A5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Análise formal</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6E1CBDC5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="6E1CBDC5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Aplicação de técnicas estatísticas, matemáticas, computacionais ou outras técnicas formais para analisar ou sintetizar dados de estudo.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="47722631" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="47722631" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="760FC8EE" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="760FC8EE" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Aquisição de financiamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="569C5B94" w14:textId="11FC55DA" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="00151135">
+          <w:p w14:paraId="569C5B94" w14:textId="11FC55DA" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="00151135">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Aquisição de apoio financeiro para o projeto que deu origem </w:t>
             </w:r>
-            <w:r w:rsidR="00151135">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00151135" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>à</w:t>
             </w:r>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> publicação.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="70D2EECD" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="70D2EECD" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012FEF16" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="012FEF16" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Investigação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="26F3C4D5" w14:textId="68C8AF73" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="00151135" w:rsidP="00151135">
+          <w:p w14:paraId="26F3C4D5" w14:textId="68C8AF73" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="00151135" w:rsidP="00151135">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Condução de</w:t>
             </w:r>
-            <w:r w:rsidR="001B44D0" w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="001B44D0" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> processo de pesquisa e investigação, especificamente realizando experimentos ou coleta de dados/evidências.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="3AF51B88" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="3AF51B88" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6720287E" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="6720287E" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Metodologia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57BE4F4D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="57BE4F4D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Desenvolvimento ou desenho de metodologia; criação de modelos.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="422E9EC2" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="422E9EC2" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="682E1316" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="682E1316" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Administração do projeto</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5400EA70" w14:textId="12B88D02" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="5400EA70" w14:textId="12B88D02" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Responsabilidade de gestão e coordenação do planejamento e execução das atividades de pesquisa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="6A9A2A93" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="6A9A2A93" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="118D4AAD" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="118D4AAD" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...3 lines deleted...]
-              <w:lastRenderedPageBreak/>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
               <w:t>Programas</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02F0CAA1" w14:textId="5C3C5C94" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="02F0CAA1" w14:textId="5C3C5C94" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Programação, desenvolvimento de software; criação de programas de computador; implementação de código de computador e algoritmos de suporte; teste de componentes de código existentes.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="02111AE8" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="02111AE8" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="37602A10" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="37602A10" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-[...2 lines deleted...]
-              </w:rPr>
+                <w:lang w:eastAsia="pt-BR"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Recursos</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3A7E6D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="7F3A7E6D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Fornecimento de materiais de estudo, reagentes, materiais, pacientes, amostras de laboratório, animais, instrumentação, recursos de computação ou outras ferramentas de análise.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="0AE4AD11" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="0AE4AD11" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6541DAC5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="6541DAC5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Supervisão</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A72A304" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="2A72A304" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Responsabilidade de supervisão e liderança pelo planejamento e execução das atividades de pesquisa, incluindo orientação externa à equipe principal.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="0B87BE93" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="0B87BE93" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01D02C23" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="01D02C23" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Validação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2A39EEB7" w14:textId="4BB774D0" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="2A39EEB7" w14:textId="4BB774D0" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Verificação,</w:t>
             </w:r>
-            <w:r w:rsidR="00151135">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="00151135" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> seja como parte da atividade seja</w:t>
             </w:r>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> separadamente, da replicação/reprodutibilidade geral dos resultados/experimentos e outros resultados da pesquisa.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="4BEC5BDE" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="4BEC5BDE" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="71A6BA95" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="71A6BA95" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Visualização</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2450D447" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="2450D447" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Preparação, criação e/ou apresentação do trabalho publicado, especificamente visualização/apresentação de dados.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="095A6D93" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="095A6D93" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="458D36B4" w14:textId="7A325CCE" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="458D36B4" w14:textId="7A325CCE" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Escrita – rascunho original</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5578762D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="5578762D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Preparação, criação e/ou apresentação do trabalho publicado, especificamente redação do rascunho inicial (incluindo tradução substantiva).</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="5F8F035E" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="5F8F035E" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6D2A4FFB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="6D2A4FFB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Escrita – revisão e edição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="7087" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B4B3723" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="0B4B3723" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Preparação, criação e/ou apresentação do trabalho publicado por aqueles do grupo de pesquisa original, especificamente revisão crítica, comentário ou revisão – incluindo etapas </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>pré</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> ou pós-publicação.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C811C32" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="0C811C32" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="502364FB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="502364FB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Modelo para utilização</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BE63063" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="1BE63063" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Nome do Autor 1]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="78E5E193" w14:textId="68DAF9BD" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="78E5E193" w14:textId="68DAF9BD" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Funções: Conceitualização, análise formal, metodologia e escrita – rascunho original. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D537B28" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="5D537B28" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>[Nome do Autor 2]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="260BAFED" w14:textId="66A8A39E" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="260BAFED" w14:textId="66A8A39E" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
-          <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Funções: Conceitualização, análise formal, validação, escrita – revisão e edição. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2968E3C0" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="2968E3C0" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37F60F9F" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>(Preencha, a seguir, as informações referentes ao seu trabalho, adaptando sua declaração em conformidade com os papéis de cada colaborador)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="75C21C8D" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="32CE4C9A" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...26 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Declaração de Contribuições dos Autores (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>CRediT</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Declaração de Contribuições dos Autores (</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F5D81B2" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
-[...13 lines deleted...]
-    <w:p w14:paraId="314543A9" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="314543A9" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Para este trabalho, as seguintes funções de contribuição foram atribuídas de acordo com a Taxonomia </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>CRediT</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-    </w:p>
-[...12 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="8926" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1615"/>
         <w:gridCol w:w="4617"/>
         <w:gridCol w:w="2694"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="20979C11" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="20979C11" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="17E6CEF2" w14:textId="4292E002" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="17E6CEF2" w14:textId="4292E002" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Título do trabalho:</w:t>
             </w:r>
-            <w:r w:rsidR="004F5E2C">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidR="004F5E2C" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="004F5E2C" w:rsidRPr="004F5E2C">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004F5E2C" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">(Preencher com o nome completo do </w:t>
             </w:r>
-            <w:r w:rsidR="002B3D6F">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="002B3D6F" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>manuscrito</w:t>
             </w:r>
-            <w:r w:rsidR="004F5E2C" w:rsidRPr="004F5E2C">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidR="004F5E2C" w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9DE645" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="004F5E2C">
+          <w:p w14:paraId="0C9DE645" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="004F5E2C">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...1 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assinatura</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="50DF4F85" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="50DF4F85" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="734AF816" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="734AF816" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome do Autor 1 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4617" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1C61E0" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="1E1C61E0" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="41E387D8" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="41E387D8" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="2C782C57" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="2C782C57" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21FA8A4B" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="21FA8A4B" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome do Autor 2 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4617" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23982515" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="23982515" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1ED35532" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="1ED35532" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="25DC1228" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="25DC1228" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1949E2E5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="1949E2E5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Nome do Autor 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4617" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42922423" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="42922423" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7B812E59" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="7B812E59" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="001B44D0" w14:paraId="375D62A0" w14:textId="77777777" w:rsidTr="00C403FE">
+      <w:tr w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w14:paraId="375D62A0" w14:textId="77777777" w:rsidTr="00C403FE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1615" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="06B14BE5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="06B14BE5" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Nome do Autor 4 </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4617" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB94EFB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="5AB94EFB" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-                <w:szCs w:val="24"/>
+            <w:r w:rsidRPr="00A04A1F">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2694" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1217D545" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+          <w:p w14:paraId="1217D545" w14:textId="77777777" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="149D7490" w14:textId="0B13C1BE" w:rsidR="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="149D7490" w14:textId="0B13C1BE" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Observação</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE2B1C" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 1</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>As assinaturas dos autores podem ser realizadas de forma digital por</w:t>
+      </w:r>
+      <w:r w:rsidR="00151135" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> meio do site sou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>gov.br, que oferece um sistema seguro para a autenticação e validação das assinaturas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FEE6E40" w14:textId="558045B5" w:rsidR="00BE2B1C" w:rsidRPr="00A04A1F" w:rsidRDefault="00BE2B1C" w:rsidP="00BE2B1C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação </w:t>
+      </w:r>
+      <w:r w:rsidR="00C403FE" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Este documento deve ser inserido no ato da submissão do manuscrito, como documento supl</w:t>
+      </w:r>
+      <w:r w:rsidR="00C403FE" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>mentar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EA8661" w14:textId="24B94EE5" w:rsidR="00BE2B1C" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="001B44D0">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Observação</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+        <w:t>Local e data.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1813C5E2" w14:textId="77777777" w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidRDefault="00A04A1F" w:rsidP="00A04A1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 1</w:t>
-[...5 lines deleted...]
-          <w:bCs/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60C0CB78" w14:textId="77777777" w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidRDefault="00A04A1F" w:rsidP="00A04A1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4D665E64" w14:textId="77777777" w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidRDefault="00A04A1F" w:rsidP="00A04A1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>As assinaturas dos autores podem ser realizadas de forma digital por</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F1BE1EB" w14:textId="77777777" w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidRDefault="00A04A1F" w:rsidP="00A04A1F">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> meio do site sou</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6BF862FB" w14:textId="32FA2973" w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidRDefault="00A04A1F" w:rsidP="00A04A1F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7824"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>gov.br, que oferece um sistema seguro para a autenticação e validação das assinaturas.</w:t>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-      </w:pPr>
-[...78 lines deleted...]
-        <w:t>.</w:t>
+        <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="04EA8661" w14:textId="24B94EE5" w:rsidR="00BE2B1C" w:rsidRPr="001B44D0" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
-[...20 lines deleted...]
-    <w:sectPr w:rsidR="00BE2B1C" w:rsidRPr="001B44D0" w:rsidSect="00444D69">
+    <w:sectPr w:rsidR="00A04A1F" w:rsidRPr="00A04A1F" w:rsidSect="00444D69">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="0" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="715EBD6D" w14:textId="77777777" w:rsidR="006D142A" w:rsidRDefault="006D142A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="44D60D65" w14:textId="77777777" w:rsidR="006D142A" w:rsidRDefault="006D142A" w:rsidP="00AE7FF5">
@@ -2494,343 +2237,350 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
-      <w:tblW w:w="9073" w:type="dxa"/>
+      <w:tblW w:w="9072" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1551"/>
       <w:gridCol w:w="238"/>
       <w:gridCol w:w="846"/>
       <w:gridCol w:w="646"/>
       <w:gridCol w:w="571"/>
       <w:gridCol w:w="1393"/>
-      <w:gridCol w:w="2126"/>
-      <w:gridCol w:w="1702"/>
+      <w:gridCol w:w="1418"/>
+      <w:gridCol w:w="2409"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A37847" w14:paraId="6C72A459" w14:textId="77777777" w:rsidTr="00834F14">
+    <w:tr w:rsidR="00A37847" w:rsidRPr="00A04A1F" w14:paraId="6C72A459" w14:textId="77777777" w:rsidTr="00A04A1F">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1551" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="300B9550" w14:textId="77777777" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
+        <w:p w14:paraId="300B9550" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:ind w:hanging="113"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>Rev. Sítio Novo</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="238" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="476BEB3D" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="007B1828" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="476BEB3D" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="846" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="122C6073" w14:textId="349CB618" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="122C6073" w14:textId="349CB618" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4B7CD4B9" w14:textId="0165ACA4" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="4B7CD4B9" w14:textId="0165ACA4" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="571" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0EF998D9" w14:textId="3FCB9D7D" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="0EF998D9" w14:textId="3FCB9D7D" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1393" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="186975EE" w14:textId="78ADD4DA" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="186975EE" w14:textId="78ADD4DA" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:tcW w:w="1418" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="20DDEEAD" w14:textId="7B027821" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="20DDEEAD" w14:textId="7B027821" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1702" w:type="dxa"/>
+          <w:tcW w:w="2409" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7D1A13B3" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00E3382B" w:rsidRDefault="00DD5F21" w:rsidP="00DD5F21">
+        <w:p w14:paraId="7D1A13B3" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00A04A1F" w:rsidRDefault="00DD5F21" w:rsidP="00A04A1F">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
-            <w:ind w:right="-56" w:hanging="159"/>
-            <w:jc w:val="right"/>
+            <w:ind w:left="-105" w:right="-56"/>
+            <w:jc w:val="center"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>e-</w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>ISSN:</w:t>
           </w:r>
-          <w:r w:rsidR="00EC3B34">
+          <w:r w:rsidR="00EC3B34" w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="00A04A1F">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>2594-7036</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0517E0F3" w14:textId="77777777" w:rsidR="00A745B7" w:rsidRPr="000175DF" w:rsidRDefault="00A745B7" w:rsidP="000175DF">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="257" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="53A20119" w14:textId="77777777" w:rsidR="006D142A" w:rsidRDefault="006D142A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="6B1D3BDA" w14:textId="77777777" w:rsidR="006D142A" w:rsidRDefault="006D142A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1ED7EA18" w14:textId="18F5AAF1" w:rsidR="001B44D0" w:rsidRPr="001F3A4D" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
+    <w:p w14:paraId="1ED7EA18" w14:textId="18F5AAF1" w:rsidR="001B44D0" w:rsidRPr="00A04A1F" w:rsidRDefault="001B44D0" w:rsidP="001B44D0">
       <w:pPr>
         <w:pStyle w:val="Textodenotaderodap"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F3A4D">
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A04A1F">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="001F3A4D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00420CB7">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00420CB7" w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Documento</w:t>
       </w:r>
-      <w:r w:rsidRPr="001F3A4D">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00A04A1F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> elaborado com base nas informações disponíveis na página: https://credit.niso.org/.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75B88078" w14:textId="77777777" w:rsidR="00AE7FF5" w:rsidRDefault="004D03F7" w:rsidP="007575C0">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7707"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
@@ -3126,93 +2876,94 @@
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1667053480">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:gutterAtTop/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7FF5"/>
     <w:rsid w:val="00015210"/>
     <w:rsid w:val="000175DF"/>
     <w:rsid w:val="00033056"/>
     <w:rsid w:val="00034540"/>
     <w:rsid w:val="00060E2A"/>
     <w:rsid w:val="000671C0"/>
     <w:rsid w:val="000833EB"/>
     <w:rsid w:val="000C0F2D"/>
     <w:rsid w:val="000C7D93"/>
     <w:rsid w:val="000E2CA8"/>
     <w:rsid w:val="000E60BF"/>
     <w:rsid w:val="00106081"/>
     <w:rsid w:val="0014265F"/>
     <w:rsid w:val="00145A82"/>
     <w:rsid w:val="00151135"/>
     <w:rsid w:val="00171BA6"/>
     <w:rsid w:val="00173AE9"/>
     <w:rsid w:val="00174233"/>
     <w:rsid w:val="00176174"/>
     <w:rsid w:val="00192521"/>
     <w:rsid w:val="001B44D0"/>
     <w:rsid w:val="001B4F86"/>
     <w:rsid w:val="001B71DF"/>
+    <w:rsid w:val="001C01C5"/>
     <w:rsid w:val="001E2000"/>
     <w:rsid w:val="001E6552"/>
     <w:rsid w:val="001F3A4D"/>
     <w:rsid w:val="001F5E93"/>
     <w:rsid w:val="0022158C"/>
     <w:rsid w:val="00277997"/>
     <w:rsid w:val="002B3D6F"/>
     <w:rsid w:val="002E6AAB"/>
     <w:rsid w:val="002F4D5E"/>
     <w:rsid w:val="00324ACC"/>
     <w:rsid w:val="0034120B"/>
     <w:rsid w:val="00345612"/>
     <w:rsid w:val="003D100B"/>
     <w:rsid w:val="003E378F"/>
     <w:rsid w:val="00407C04"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00420CB7"/>
     <w:rsid w:val="004435BE"/>
     <w:rsid w:val="00444D69"/>
     <w:rsid w:val="004B3829"/>
     <w:rsid w:val="004C6F2D"/>
     <w:rsid w:val="004D03F7"/>
     <w:rsid w:val="004F1A0A"/>
     <w:rsid w:val="004F5E2C"/>
     <w:rsid w:val="0051662B"/>
@@ -3247,50 +2998,51 @@
     <w:rsid w:val="007F6F15"/>
     <w:rsid w:val="00802D7A"/>
     <w:rsid w:val="00811118"/>
     <w:rsid w:val="0082005E"/>
     <w:rsid w:val="00834F14"/>
     <w:rsid w:val="00847A03"/>
     <w:rsid w:val="00847AA1"/>
     <w:rsid w:val="008536B3"/>
     <w:rsid w:val="008652C6"/>
     <w:rsid w:val="0089114D"/>
     <w:rsid w:val="008B6FCD"/>
     <w:rsid w:val="008C5FDD"/>
     <w:rsid w:val="008E3E50"/>
     <w:rsid w:val="008F7F1F"/>
     <w:rsid w:val="009070A6"/>
     <w:rsid w:val="0091554F"/>
     <w:rsid w:val="0092218A"/>
     <w:rsid w:val="0093021F"/>
     <w:rsid w:val="00935CC2"/>
     <w:rsid w:val="009774CC"/>
     <w:rsid w:val="009779C7"/>
     <w:rsid w:val="00992FF3"/>
     <w:rsid w:val="009B0FF8"/>
     <w:rsid w:val="009D28B9"/>
     <w:rsid w:val="009E43C7"/>
+    <w:rsid w:val="00A04A1F"/>
     <w:rsid w:val="00A12F08"/>
     <w:rsid w:val="00A30B2E"/>
     <w:rsid w:val="00A37847"/>
     <w:rsid w:val="00A43FE2"/>
     <w:rsid w:val="00A50765"/>
     <w:rsid w:val="00A724B4"/>
     <w:rsid w:val="00A745B7"/>
     <w:rsid w:val="00A8285C"/>
     <w:rsid w:val="00A87CC0"/>
     <w:rsid w:val="00AA5A58"/>
     <w:rsid w:val="00AD1DAC"/>
     <w:rsid w:val="00AD5BE1"/>
     <w:rsid w:val="00AE1F50"/>
     <w:rsid w:val="00AE24FF"/>
     <w:rsid w:val="00AE5B65"/>
     <w:rsid w:val="00AE7FF5"/>
     <w:rsid w:val="00B0198A"/>
     <w:rsid w:val="00B31FE1"/>
     <w:rsid w:val="00B47260"/>
     <w:rsid w:val="00B544FB"/>
     <w:rsid w:val="00B6238B"/>
     <w:rsid w:val="00B833BB"/>
     <w:rsid w:val="00BA2D77"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BE2B1C"/>
@@ -3330,51 +3082,51 @@
     <w:rsid w:val="00F67B88"/>
     <w:rsid w:val="00F75F9E"/>
     <w:rsid w:val="00F913FE"/>
     <w:rsid w:val="00FB3ED5"/>
     <w:rsid w:val="00FD0127"/>
     <w:rsid w:val="00FE15F6"/>
     <w:rsid w:val="00FE53AD"/>
     <w:rsid w:val="00FF49CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="6145"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="76B9EB99"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0451940E-924D-42DB-ACF4-CB3C5848DC3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
@@ -5066,70 +4818,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="15"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E7CA71C9-14CF-48FF-9F45-4A73ABFFA6C8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>790</Words>
-  <Characters>4269</Characters>
+  <Words>791</Words>
+  <Characters>4272</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>35</Lines>
   <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>5049</CharactersWithSpaces>
+  <CharactersWithSpaces>5053</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>KALLYANA MORAES CARVALHO DOMINICES</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>