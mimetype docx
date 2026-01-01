--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -6,1986 +6,2226 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="7BFAD067" w14:textId="1820642A" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="00175BDE" w:rsidP="009C5E83">
+    <w:p w14:paraId="7BFAD067" w14:textId="1820642A" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00175BDE" w:rsidP="009C5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
         </w:rPr>
         <w:t>DECLARAÇÃO DE CONFLITO DE INTERESSE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27C9FF1B" w14:textId="77777777" w:rsidR="009C5E83" w:rsidRPr="000C4A4A" w:rsidRDefault="009C5E83" w:rsidP="009C5E83">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="6019FCC5" w14:textId="07DC4183" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Título do </w:t>
+      </w:r>
+      <w:r w:rsidR="00B635A9" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">Título do </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Trabalho</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Trabalho</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Inserir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B635A9" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">o nome </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>completo</w:t>
+      </w:r>
+      <w:r w:rsidR="00B635A9" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do manuscrito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A566D85" w14:textId="77777777" w:rsidR="00B516BD" w:rsidRPr="009F4A92" w:rsidRDefault="00B516BD" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>:</w:t>
-[...47 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="60030D6C" w14:textId="60A51666" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Autores:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...2 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Inserir</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> nome</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C0D" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C0D" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completo</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C0D" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C0D" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do</w:t>
+      </w:r>
+      <w:r w:rsidR="00301C0D" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7269" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>autore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008E7269" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="008E7269" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16647181" w14:textId="77777777" w:rsidR="009C5E83" w:rsidRPr="009F4A92" w:rsidRDefault="009C5E83" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7026CBBD" w14:textId="53FC7013" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Autores:</w:t>
-[...144 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-      </w:pPr>
-[...1 lines deleted...]
-    <w:p w14:paraId="7026CBBD" w14:textId="53FC7013" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+        <w:t>Instruções para os Autores:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B62F3E5" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Antes de enviar seu manuscrito para publicação, pedimos que todos os autores preencham esta declaração de conflito de interesse. A transparência é essencial para garantir que o processo de revisão e publicação seja conduzido de forma ética e imparcial. Caso não haja conflitos de interesse, indique "Nenhum conflito de interesse". Caso contrário, descreva claramente qualquer situação que possa ser vista como um conflito.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55F97892" w14:textId="77777777" w:rsidR="00B516BD" w:rsidRPr="009F4A92" w:rsidRDefault="00B516BD" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="3E3350C3" w14:textId="2CE7C0D7" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00C1252E" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Instruções para os Autores:</w:t>
-[...25 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>1. Conflitos de Interesse Financeiro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51AE27FF" w14:textId="51DDCC40" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="0047282D" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00362593" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1252E" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Não há conflitos de interesse financeiro</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a declarar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="214155B4" w14:textId="784CD4C0" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="0047282D" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">( </w:t>
+      </w:r>
+      <w:r w:rsidR="00362593" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00362593" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O(s) autor(es) têm interesse financeiro no resultado deste trabalho, conforme descrito abaixo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62819BBA" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Fonte de financiamento ou apoio</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exemplo: patrocínio, </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>bolsas, etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a fonte e o valor, se aplicável]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21401766" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Participação em ações, propriedade ou investimentos em empresas relacionadas ao estudo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exemplo: participação acionária em empresas de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>pesquisa, etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detalhes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32CE5BF4" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Outros interesses financeiros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exemplo: royalties, honorários de </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>consultoria, etc.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detalhes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5788EB4D" w14:textId="77777777" w:rsidR="009C5E83" w:rsidRPr="009F4A92" w:rsidRDefault="009C5E83" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3E3350C3" w14:textId="2CE7C0D7" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="00C1252E" w:rsidP="009C5E83">
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="31AA6673" w14:textId="44F18C6A" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00C1252E" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>1. Conflitos de Interesse Financeiro</w:t>
-[...15 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>2. Conflitos de Interesse Não Financeiro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71291634" w14:textId="01A49E32" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00362593" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>(  )</w:t>
       </w:r>
-      <w:r w:rsidR="00362593" w:rsidRPr="000C4A4A">
-[...3 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C1252E" w:rsidRPr="000C4A4A">
-[...11 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00C1252E" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Não há conflitos de interesse não financeiro</w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> a declarar.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214155B4" w14:textId="784CD4C0" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="0047282D" w:rsidP="009C5E83">
-[...33 lines deleted...]
-    <w:p w14:paraId="62819BBA" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+    <w:p w14:paraId="5045AD38" w14:textId="6B7ED3CD" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00362593" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O(s) autor(es) têm interesse não financeiro no estudo, conforme descrito abaixo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C131F94" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Relações profissionais ou pessoais</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exemplo: amizades ou relações familiares com empresas ou indivíduos com interesse nos resultados do estudo):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> relações relevantes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24AF2943" w14:textId="7C2830DE" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Outros conflitos de interesse não financeiro</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (exemplo: envolvimento</w:t>
+      </w:r>
+      <w:r w:rsidR="00C1252E" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> com organizações que influencie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>m a área de pesquisa):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> detalhes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A4E6DFB" w14:textId="77777777" w:rsidR="009C5E83" w:rsidRPr="009F4A92" w:rsidRDefault="009C5E83" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Fonte de financiamento ou apoio</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6ECEC787" w14:textId="3AB7DAB7" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (exemplo: patrocínio, bolsas, etc.):</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:br/>
-[...3 lines deleted...]
-    <w:p w14:paraId="21401766" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="000C4A4A" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+        <w:t>3. Conflitos de Interesse Relacionados a Direitos Autorais ou Propriedade Intelectual</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0DC97E3B" w14:textId="5FC1940E" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00FB5B1B" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Não há conflitos de interesse relacionados a direitos autorais ou propriedade intelectual.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05FC5E66" w14:textId="131C47A6" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="00FB5B1B" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(  )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005C3D7A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">O(s) autor(es) têm conflitos de interesse relacionados a direitos autorais ou propriedade intelectual, conforme descrito abaixo: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3DBE350A" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="2"/>
         </w:numPr>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Patentes</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Indicar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se há patentes ou licenciamento relacionados ao estudo]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45058D22" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Publicações anteriores</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Indicar</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> se o estudo está relacionado a publicações anteriores com interesses conflitantes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01043CA7" w14:textId="77777777" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="0054029C">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="1"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="1440"/>
+          <w:tab w:val="num" w:pos="851"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="851" w:hanging="284"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Propriedade intelectual</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>[Descrever</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> outras questões relevantes]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="797E7A58" w14:textId="77777777" w:rsidR="009C5E83" w:rsidRPr="009F4A92" w:rsidRDefault="009C5E83" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="33CB1533" w14:textId="6DDE054E" w:rsidR="00107914" w:rsidRPr="009F4A92" w:rsidRDefault="00107914" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Observações adicionais (se necessário):</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>[Espaço para quaisquer observações ou explicações adicionais relacionadas aos conflitos de interesse]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="447758D2" w14:textId="77777777" w:rsidR="0051335E" w:rsidRPr="009F4A92" w:rsidRDefault="0051335E" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="748A9356" w14:textId="77777777" w:rsidR="004B1636" w:rsidRPr="009F4A92" w:rsidRDefault="004B1636" w:rsidP="009A5238">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...35 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="47A887DE" w14:textId="77777777" w:rsidR="004B1636" w:rsidRPr="009F4A92" w:rsidRDefault="004B1636" w:rsidP="009A5238">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...24 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="36AF72E5" w14:textId="03434B33" w:rsidR="009A5238" w:rsidRPr="009F4A92" w:rsidRDefault="009A5238" w:rsidP="009A5238">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>DECLARAÇÃO SOBRE PROCEDIMENTOS ÉTICOS DA PESQUISA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F44703" w14:textId="2330191D" w:rsidR="007E02C1" w:rsidRPr="009F4A92" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...67 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Sua pesquisa envolveu seres humanos, animais ou dados sensíveis?</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+        <w:t>Caso afirmativo, é obrigatório informar se houve aprovação por Comitê de Ética (CEP ou CEUA) e apresentar os dados pertinentes à aprovação. Este campo é obrigatório para submissões que envolvam tais elementos, conforme as diretrizes éticas nacionais</w:t>
+      </w:r>
+      <w:r w:rsidR="009229D7" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="77550BA3" w14:textId="218900DA" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="009229D7" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Marque a alternativa correspondente</w:t>
+      </w:r>
+      <w:r w:rsidR="007E02C1" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="007E02C1" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007E02C1" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>A sua pesquisa envolveu:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D390A6F" w14:textId="77777777" w:rsidR="009229D7" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Seres humanos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35C536D3" w14:textId="1A5C97D2" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Animais</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69D501BC" w14:textId="77777777" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nenhum dos dois</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB07545" w14:textId="77777777" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Se marcou “seres humanos” ou “animais”, informe abaixo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B8FA817" w14:textId="77777777" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Nome do Comitê de Ética que aprovou a pesquisa:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="413053E5" w14:textId="77777777" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Número do parecer/registro (CEP ou CEUA):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="760F545A" w14:textId="77777777" w:rsidR="007E02C1" w:rsidRPr="002B59BC" w:rsidRDefault="007E02C1" w:rsidP="009D785C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Data da aprovação:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42A303DF" w14:textId="75FFF0C3" w:rsidR="005C3D7A" w:rsidRPr="009F4A92" w:rsidRDefault="005C3D7A" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="123C8D09" w14:textId="3E1A05AC" w:rsidR="009C5E83" w:rsidRPr="009F4A92" w:rsidRDefault="00DD1381" w:rsidP="000E4DF5">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...40 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>DECLARAÇÃO SOBRE O USO DE INTELIGÊNCIA ARTIFICIAL</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6822A1C3" w14:textId="261E213D" w:rsidR="00DD1381" w:rsidRPr="002B59BC" w:rsidRDefault="00EC6EB7" w:rsidP="009C5E83">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Houve o uso de Inteligência Artificial no desenvolvimento ou na escrita dest</w:t>
+      </w:r>
+      <w:r w:rsidR="00916CC8" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00916CC8" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>trabalho</w:t>
+      </w:r>
+      <w:r w:rsidR="003F6880" w:rsidRPr="002B59BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>?</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32DDE76B" w14:textId="6933C9E4" w:rsidR="003F6880" w:rsidRPr="009F4A92" w:rsidRDefault="003F6880" w:rsidP="003F6880">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>( )</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Sim</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">   (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ) Não.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59E86296" w14:textId="583BB597" w:rsidR="00DE459F" w:rsidRPr="009F4A92" w:rsidRDefault="00A40CC3" w:rsidP="0054029C">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Em caso positivo, deverá sinalizar tal uso e detalhar, a seguir, o papel e os resultados alcançados pela Inteligência Artificial (IA). Recomenda-se especificar, por exemplo, o resultado do processamento de dados ou a contribuição da IA em outras etapas da pesquisa. É </w:t>
+      </w:r>
+      <w:r w:rsidR="00B03C3A" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>necessário</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> descrever detalhadamente, passo a passo, o procedimento e as técnicas de IA empregadas. Tais informações também deverão ser obrigatoriamente incluídas na seção de Procedimentos Metodológicos</w:t>
+      </w:r>
+      <w:r w:rsidR="00E876E4" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (Materiais e Métodos)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00603ECA" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>do trabalho:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B2C1553" w14:textId="44A7D9A6" w:rsidR="00603ECA" w:rsidRPr="005F3828" w:rsidRDefault="0054029C" w:rsidP="00AD7196">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005F3828">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>[Espaço para resposta, em caso positivo do uso de IA]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A32CB17" w14:textId="77777777" w:rsidR="009A5238" w:rsidRPr="009F4A92" w:rsidRDefault="009A5238" w:rsidP="00AD7196">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18F3AF8E" w14:textId="5823BBEE" w:rsidR="0076367E" w:rsidRPr="000626FE" w:rsidRDefault="0076367E" w:rsidP="0076367E">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0076367E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">É vedado o uso de inteligência artificial para: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000626FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">I - confecção do texto do </w:t>
+      </w:r>
+      <w:r w:rsidR="00975010">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>manuscrito</w:t>
+      </w:r>
+      <w:r w:rsidRPr="000626FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> em detrimento da originalidade do autor-pesquisador;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076367E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000626FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>II - manipulação de imagens e dados;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0076367E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">e </w:t>
+      </w:r>
+      <w:r w:rsidRPr="000626FE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>III - produção de material não declarado como oriundo de IA</w:t>
+      </w:r>
+      <w:r w:rsidR="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CF4B948" w14:textId="6CA50C9B" w:rsidR="009A5238" w:rsidRPr="009F4A92" w:rsidRDefault="009A5238" w:rsidP="009A5238">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>3. Conflitos de Interesse Relacionados a Direitos Autorais ou Propriedade Intelectual</w:t>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71EC8DEA" w14:textId="1080EC44" w:rsidR="009A5238" w:rsidRPr="009F4A92" w:rsidRDefault="009A5238" w:rsidP="009A5238">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...57 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Patentes</w:t>
-[...236 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t>Declaração Final</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B0D30F6" w14:textId="2B924ECF" w:rsidR="009A5238" w:rsidRPr="00DB2947" w:rsidRDefault="009A5238" w:rsidP="00756414">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Ao submeter est</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED42BC" w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> formulário, os autores confirmam que as informações fornecidas são precisas e completas. Caso surjam novos conflitos de interesse durante o processo de revisão ou publicação, eles se comprometem a informá-los à Revista de forma imediata.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Declaram, ainda, que a pesquisa foi conduzida de acordo com os princípios éticos vigentes</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED42BC" w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> e que as informações sobre uso de IA são verdadeiras</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DB2947">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-    </w:p>
-[...360 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="8784" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="6232"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="001B44D0" w:rsidRPr="000C4A4A" w14:paraId="20979C11" w14:textId="77777777" w:rsidTr="0017623B">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="20979C11" w14:textId="77777777" w:rsidTr="0017623B">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="17E6CEF2" w14:textId="42E455F1" w:rsidR="001B44D0" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="17E6CEF2" w14:textId="42E455F1" w:rsidR="001B44D0" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C4A4A">
+            <w:r w:rsidRPr="009F4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Nome completo do</w:t>
             </w:r>
-            <w:r w:rsidR="00B679BB" w:rsidRPr="000C4A4A">
+            <w:r w:rsidR="00B679BB" w:rsidRPr="009F4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>s autores</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="0C9DE645" w14:textId="3542CA33" w:rsidR="001B44D0" w:rsidRPr="000C4A4A" w:rsidRDefault="00CB2BC1" w:rsidP="009C5E83">
+          <w:p w14:paraId="0C9DE645" w14:textId="3542CA33" w:rsidR="001B44D0" w:rsidRPr="009F4A92" w:rsidRDefault="00CB2BC1" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="000C4A4A">
+            <w:r w:rsidRPr="009F4A92">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Assinatura</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005500DA" w:rsidRPr="000C4A4A" w14:paraId="50DF4F85" w14:textId="77777777" w:rsidTr="008C1503">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="50DF4F85" w14:textId="77777777" w:rsidTr="008C1503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E1C61E0" w14:textId="46CA1A57" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="1E1C61E0" w14:textId="46CA1A57" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11F11F8D" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="11F11F8D" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="41E387D8" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="41E387D8" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005500DA" w:rsidRPr="000C4A4A" w14:paraId="2C782C57" w14:textId="77777777" w:rsidTr="008C1503">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="2C782C57" w14:textId="77777777" w:rsidTr="008C1503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="23982515" w14:textId="790F7F7E" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="23982515" w14:textId="790F7F7E" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0092F4" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="3B0092F4" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1ED35532" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="1ED35532" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005500DA" w:rsidRPr="000C4A4A" w14:paraId="25DC1228" w14:textId="77777777" w:rsidTr="008C1503">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="25DC1228" w14:textId="77777777" w:rsidTr="008C1503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="42922423" w14:textId="6CD64220" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="42922423" w14:textId="6CD64220" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7E02F040" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="7E02F040" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7B812E59" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="7B812E59" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005500DA" w:rsidRPr="000C4A4A" w14:paraId="375D62A0" w14:textId="77777777" w:rsidTr="008C1503">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="375D62A0" w14:textId="77777777" w:rsidTr="008C1503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5AB94EFB" w14:textId="716679A0" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="5AB94EFB" w14:textId="716679A0" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="777DC76B" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="000C4A4A" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
+          <w:p w14:paraId="777DC76B" w14:textId="77777777" w:rsidR="005500DA" w:rsidRPr="009F4A92" w:rsidRDefault="005500DA" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="1217D545" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="1217D545" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="008C1503" w:rsidRPr="000C4A4A" w14:paraId="5E2B498B" w14:textId="77777777" w:rsidTr="008C1503">
+      <w:tr w:rsidR="009F4A92" w:rsidRPr="009F4A92" w14:paraId="5E2B498B" w14:textId="77777777" w:rsidTr="008C1503">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6232" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5472603D" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="5472603D" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="24C9B841" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="24C9B841" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="69AE48C9" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="000C4A4A" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
+          <w:p w14:paraId="69AE48C9" w14:textId="77777777" w:rsidR="008C1503" w:rsidRPr="009F4A92" w:rsidRDefault="008C1503" w:rsidP="009C5E83">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="014E4CC6" w14:textId="4DA14041" w:rsidR="00242F58" w:rsidRPr="000C4A4A" w:rsidRDefault="00242F58" w:rsidP="009C5E83">
+    <w:p w14:paraId="014E4CC6" w14:textId="4DA14041" w:rsidR="00242F58" w:rsidRPr="009F4A92" w:rsidRDefault="00242F58" w:rsidP="009C5E83">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação 1: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">As assinaturas dos autores podem ser realizadas de forma digital por meio do site </w:t>
+      </w:r>
+      <w:r w:rsidR="00C1252E" w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>sou</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>gov.br, que oferece um sistema seguro para a autenticação e validação das assinaturas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="615CE6EB" w14:textId="77777777" w:rsidR="002B59BC" w:rsidRDefault="00242F58" w:rsidP="00DB2947">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Observação 2: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Este documento deve ser inserido no ato da submissão do manuscrito, como documento suplementar.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="13F9EB59" w14:textId="4006D66D" w:rsidR="001B44D0" w:rsidRPr="009F4A92" w:rsidRDefault="00242F58" w:rsidP="002B59BC">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000C4A4A">
-[...3 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="009F4A92">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Observação 1: </w:t>
-[...90 lines deleted...]
-        </w:rPr>
         <w:t>Local e data.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13F9EB59" w14:textId="0B637363" w:rsidR="001B44D0" w:rsidRPr="000C4A4A" w:rsidRDefault="001B44D0" w:rsidP="009C5E83">
-[...11 lines deleted...]
-    <w:sectPr w:rsidR="001B44D0" w:rsidRPr="000C4A4A" w:rsidSect="00444D69">
+    <w:sectPr w:rsidR="001B44D0" w:rsidRPr="009F4A92" w:rsidSect="00B935E0">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="0" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="77EB0766" w14:textId="77777777" w:rsidR="004808AB" w:rsidRDefault="004808AB" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="310E31F8" w14:textId="77777777" w:rsidR="009A2D0A" w:rsidRDefault="009A2D0A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="08A51F3B" w14:textId="77777777" w:rsidR="004808AB" w:rsidRDefault="004808AB" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="721D00AA" w14:textId="77777777" w:rsidR="009A2D0A" w:rsidRDefault="009A2D0A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
@@ -1997,305 +2237,311 @@
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
-      <w:tblW w:w="9073" w:type="dxa"/>
+      <w:tblW w:w="8931" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="1551"/>
       <w:gridCol w:w="238"/>
       <w:gridCol w:w="846"/>
       <w:gridCol w:w="646"/>
       <w:gridCol w:w="571"/>
       <w:gridCol w:w="1393"/>
-      <w:gridCol w:w="2126"/>
-      <w:gridCol w:w="1702"/>
+      <w:gridCol w:w="1843"/>
+      <w:gridCol w:w="1843"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A37847" w14:paraId="6C72A459" w14:textId="77777777" w:rsidTr="00834F14">
+    <w:tr w:rsidR="00A37847" w14:paraId="6C72A459" w14:textId="77777777" w:rsidTr="000148F4">
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1551" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="300B9550" w14:textId="77777777" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
+        <w:p w14:paraId="300B9550" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:ind w:hanging="113"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>Rev. Sítio Novo</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="238" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="476BEB3D" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="007B1828" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="476BEB3D" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="846" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="122C6073" w14:textId="349CB618" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="122C6073" w14:textId="349CB618" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="646" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="4B7CD4B9" w14:textId="0165ACA4" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="4B7CD4B9" w14:textId="0165ACA4" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="571" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0EF998D9" w14:textId="3FCB9D7D" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="0EF998D9" w14:textId="3FCB9D7D" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1393" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="186975EE" w14:textId="78ADD4DA" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="186975EE" w14:textId="78ADD4DA" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2126" w:type="dxa"/>
+          <w:tcW w:w="1843" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="20DDEEAD" w14:textId="7B027821" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="20DDEEAD" w14:textId="7B027821" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>.</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1702" w:type="dxa"/>
+          <w:tcW w:w="1843" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7D1A13B3" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00E3382B" w:rsidRDefault="00DD5F21" w:rsidP="00DD5F21">
+        <w:p w14:paraId="7D1A13B3" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="000148F4" w:rsidRDefault="00DD5F21" w:rsidP="000148F4">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
-            <w:ind w:right="-56" w:hanging="159"/>
-            <w:jc w:val="right"/>
+            <w:ind w:left="-112" w:right="-56"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>e-</w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>ISSN:</w:t>
           </w:r>
-          <w:r w:rsidR="00EC3B34">
+          <w:r w:rsidR="00EC3B34" w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="000148F4">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>2594-7036</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="0517E0F3" w14:textId="77777777" w:rsidR="00A745B7" w:rsidRPr="000175DF" w:rsidRDefault="00A745B7" w:rsidP="000175DF">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="257" w:lineRule="auto"/>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="394D92D7" w14:textId="77777777" w:rsidR="004808AB" w:rsidRDefault="004808AB" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="0CF537EF" w14:textId="77777777" w:rsidR="009A2D0A" w:rsidRDefault="009A2D0A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BCAC475" w14:textId="77777777" w:rsidR="004808AB" w:rsidRDefault="004808AB" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="7053890B" w14:textId="77777777" w:rsidR="009A2D0A" w:rsidRDefault="009A2D0A" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="75B88078" w14:textId="77777777" w:rsidR="00AE7FF5" w:rsidRDefault="004D03F7" w:rsidP="007575C0">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7707"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
@@ -3459,295 +3705,343 @@
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1787658153">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="38631879">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1365642690">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="2033920467">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="639309402">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="672413845">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="100"/>
   <w:gutterAtTop/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7FF5"/>
+    <w:rsid w:val="000148F4"/>
     <w:rsid w:val="000175DF"/>
+    <w:rsid w:val="000255DC"/>
     <w:rsid w:val="000329B4"/>
     <w:rsid w:val="00033056"/>
     <w:rsid w:val="00034540"/>
     <w:rsid w:val="00060E2A"/>
+    <w:rsid w:val="000626FE"/>
     <w:rsid w:val="000671C0"/>
     <w:rsid w:val="000833EB"/>
     <w:rsid w:val="000C0F2D"/>
     <w:rsid w:val="000C48E5"/>
     <w:rsid w:val="000C4A4A"/>
     <w:rsid w:val="000C7D93"/>
+    <w:rsid w:val="000E4DF5"/>
     <w:rsid w:val="000E60BF"/>
     <w:rsid w:val="000E7814"/>
     <w:rsid w:val="00106081"/>
     <w:rsid w:val="00107914"/>
+    <w:rsid w:val="00125CE8"/>
     <w:rsid w:val="0014265F"/>
     <w:rsid w:val="00145A82"/>
     <w:rsid w:val="00171BA6"/>
     <w:rsid w:val="00173AE9"/>
     <w:rsid w:val="00174233"/>
     <w:rsid w:val="00175BDE"/>
     <w:rsid w:val="00176174"/>
     <w:rsid w:val="00192521"/>
     <w:rsid w:val="001B44D0"/>
     <w:rsid w:val="001B71DF"/>
+    <w:rsid w:val="001C01C5"/>
     <w:rsid w:val="001E2000"/>
     <w:rsid w:val="001F3A4D"/>
     <w:rsid w:val="001F5E93"/>
     <w:rsid w:val="0022158C"/>
     <w:rsid w:val="00242F58"/>
     <w:rsid w:val="00256C1A"/>
     <w:rsid w:val="00277997"/>
+    <w:rsid w:val="002B59BC"/>
     <w:rsid w:val="002E21DA"/>
     <w:rsid w:val="002E6AAB"/>
     <w:rsid w:val="002E7ACF"/>
     <w:rsid w:val="002F4D5E"/>
     <w:rsid w:val="00301C0D"/>
     <w:rsid w:val="00324ACC"/>
+    <w:rsid w:val="00337806"/>
     <w:rsid w:val="0034120B"/>
     <w:rsid w:val="00345612"/>
     <w:rsid w:val="00362593"/>
     <w:rsid w:val="003D100B"/>
     <w:rsid w:val="003E378F"/>
+    <w:rsid w:val="003F6880"/>
     <w:rsid w:val="00407C04"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00420CB7"/>
     <w:rsid w:val="00444D69"/>
+    <w:rsid w:val="00451751"/>
     <w:rsid w:val="00454013"/>
     <w:rsid w:val="00464136"/>
     <w:rsid w:val="0047282D"/>
     <w:rsid w:val="004808AB"/>
     <w:rsid w:val="00480D6C"/>
+    <w:rsid w:val="004B1636"/>
     <w:rsid w:val="004C6F2D"/>
     <w:rsid w:val="004D03F7"/>
+    <w:rsid w:val="004F14BF"/>
     <w:rsid w:val="004F1A0A"/>
     <w:rsid w:val="0051335E"/>
     <w:rsid w:val="0051662B"/>
+    <w:rsid w:val="0054029C"/>
     <w:rsid w:val="00540B11"/>
     <w:rsid w:val="005500DA"/>
+    <w:rsid w:val="00570892"/>
     <w:rsid w:val="005815C6"/>
     <w:rsid w:val="005833FE"/>
     <w:rsid w:val="00595AD3"/>
     <w:rsid w:val="005A4E18"/>
     <w:rsid w:val="005C3D7A"/>
+    <w:rsid w:val="005E6FBC"/>
     <w:rsid w:val="005F1B8B"/>
+    <w:rsid w:val="005F3828"/>
     <w:rsid w:val="005F6D88"/>
+    <w:rsid w:val="00603ECA"/>
     <w:rsid w:val="00613834"/>
     <w:rsid w:val="00622829"/>
     <w:rsid w:val="006375B7"/>
     <w:rsid w:val="00645CD4"/>
     <w:rsid w:val="0065248B"/>
+    <w:rsid w:val="006601B4"/>
     <w:rsid w:val="00660959"/>
     <w:rsid w:val="0066375A"/>
+    <w:rsid w:val="00677D72"/>
+    <w:rsid w:val="0068246B"/>
     <w:rsid w:val="006A25A7"/>
     <w:rsid w:val="006B4274"/>
     <w:rsid w:val="006D344F"/>
     <w:rsid w:val="006E1597"/>
     <w:rsid w:val="007126E8"/>
+    <w:rsid w:val="007149CE"/>
     <w:rsid w:val="00716A22"/>
     <w:rsid w:val="007357C4"/>
     <w:rsid w:val="0074674E"/>
     <w:rsid w:val="0075330A"/>
+    <w:rsid w:val="00756414"/>
     <w:rsid w:val="007575C0"/>
+    <w:rsid w:val="0076367E"/>
     <w:rsid w:val="00780D58"/>
     <w:rsid w:val="00783055"/>
     <w:rsid w:val="00795A9E"/>
     <w:rsid w:val="007A2DFA"/>
     <w:rsid w:val="007B1828"/>
     <w:rsid w:val="007E02C1"/>
     <w:rsid w:val="007E0A5A"/>
     <w:rsid w:val="007F6F15"/>
     <w:rsid w:val="00802D7A"/>
     <w:rsid w:val="00811118"/>
     <w:rsid w:val="0082005E"/>
     <w:rsid w:val="00834F14"/>
     <w:rsid w:val="00847A03"/>
     <w:rsid w:val="00847AA1"/>
     <w:rsid w:val="008536B3"/>
     <w:rsid w:val="008652C6"/>
     <w:rsid w:val="0089114D"/>
     <w:rsid w:val="008B6FCD"/>
     <w:rsid w:val="008C1503"/>
     <w:rsid w:val="008C5FDD"/>
+    <w:rsid w:val="008E0DC9"/>
     <w:rsid w:val="008E3E50"/>
     <w:rsid w:val="008E7269"/>
+    <w:rsid w:val="00902345"/>
     <w:rsid w:val="009070A6"/>
     <w:rsid w:val="0091554F"/>
+    <w:rsid w:val="00916CC8"/>
     <w:rsid w:val="0092218A"/>
     <w:rsid w:val="009229D7"/>
     <w:rsid w:val="0093021F"/>
     <w:rsid w:val="00935CC2"/>
+    <w:rsid w:val="00975010"/>
     <w:rsid w:val="009774CC"/>
     <w:rsid w:val="009779C7"/>
+    <w:rsid w:val="009A2D0A"/>
+    <w:rsid w:val="009A5238"/>
     <w:rsid w:val="009B0FF8"/>
     <w:rsid w:val="009C5E83"/>
     <w:rsid w:val="009D28B9"/>
     <w:rsid w:val="009D785C"/>
+    <w:rsid w:val="009E082B"/>
     <w:rsid w:val="009E43C7"/>
+    <w:rsid w:val="009F4A92"/>
     <w:rsid w:val="00A12F08"/>
     <w:rsid w:val="00A30B2E"/>
     <w:rsid w:val="00A37847"/>
+    <w:rsid w:val="00A40CC3"/>
     <w:rsid w:val="00A43FE2"/>
     <w:rsid w:val="00A50765"/>
     <w:rsid w:val="00A661F3"/>
     <w:rsid w:val="00A724B4"/>
     <w:rsid w:val="00A745B7"/>
     <w:rsid w:val="00A8285C"/>
     <w:rsid w:val="00A87CC0"/>
     <w:rsid w:val="00AA5A58"/>
     <w:rsid w:val="00AD1DAC"/>
     <w:rsid w:val="00AD5BE1"/>
+    <w:rsid w:val="00AD7196"/>
     <w:rsid w:val="00AE1F50"/>
     <w:rsid w:val="00AE24FF"/>
     <w:rsid w:val="00AE5B65"/>
     <w:rsid w:val="00AE7FF5"/>
     <w:rsid w:val="00B0198A"/>
+    <w:rsid w:val="00B03C3A"/>
     <w:rsid w:val="00B31FE1"/>
     <w:rsid w:val="00B47260"/>
     <w:rsid w:val="00B516BD"/>
     <w:rsid w:val="00B544FB"/>
     <w:rsid w:val="00B6238B"/>
     <w:rsid w:val="00B635A9"/>
     <w:rsid w:val="00B679BB"/>
     <w:rsid w:val="00B833BB"/>
+    <w:rsid w:val="00B935E0"/>
     <w:rsid w:val="00BA2D77"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BF24D2"/>
     <w:rsid w:val="00BF5F1B"/>
     <w:rsid w:val="00BF5FEC"/>
     <w:rsid w:val="00C1252E"/>
     <w:rsid w:val="00C162D5"/>
     <w:rsid w:val="00C24768"/>
     <w:rsid w:val="00C470DD"/>
     <w:rsid w:val="00C53854"/>
     <w:rsid w:val="00C958B3"/>
     <w:rsid w:val="00CA0F67"/>
     <w:rsid w:val="00CB2BC1"/>
     <w:rsid w:val="00CB5045"/>
     <w:rsid w:val="00CD07C6"/>
     <w:rsid w:val="00CD1405"/>
     <w:rsid w:val="00CE44A5"/>
     <w:rsid w:val="00CE5081"/>
+    <w:rsid w:val="00D002FD"/>
     <w:rsid w:val="00D03DC1"/>
     <w:rsid w:val="00D07E24"/>
+    <w:rsid w:val="00D36985"/>
     <w:rsid w:val="00D40013"/>
+    <w:rsid w:val="00D434A4"/>
     <w:rsid w:val="00D66F1D"/>
+    <w:rsid w:val="00D747ED"/>
     <w:rsid w:val="00D879DC"/>
     <w:rsid w:val="00DA65D3"/>
+    <w:rsid w:val="00DB2947"/>
+    <w:rsid w:val="00DD1381"/>
     <w:rsid w:val="00DD3D51"/>
     <w:rsid w:val="00DD4F30"/>
     <w:rsid w:val="00DD5F21"/>
+    <w:rsid w:val="00DE459F"/>
+    <w:rsid w:val="00E169A7"/>
     <w:rsid w:val="00E30DFB"/>
     <w:rsid w:val="00E4495E"/>
     <w:rsid w:val="00E6252B"/>
     <w:rsid w:val="00E628DE"/>
+    <w:rsid w:val="00E75E46"/>
+    <w:rsid w:val="00E876E4"/>
     <w:rsid w:val="00EA0013"/>
     <w:rsid w:val="00EA1426"/>
     <w:rsid w:val="00EB2E06"/>
     <w:rsid w:val="00EC3B34"/>
+    <w:rsid w:val="00EC6EB7"/>
+    <w:rsid w:val="00ED42BC"/>
     <w:rsid w:val="00ED6E5C"/>
     <w:rsid w:val="00F26BE4"/>
     <w:rsid w:val="00F26DCE"/>
     <w:rsid w:val="00F300A8"/>
     <w:rsid w:val="00F56B79"/>
     <w:rsid w:val="00F56D07"/>
     <w:rsid w:val="00F63F4F"/>
     <w:rsid w:val="00F67B88"/>
     <w:rsid w:val="00F75F9E"/>
     <w:rsid w:val="00F913FE"/>
     <w:rsid w:val="00FB3ED5"/>
     <w:rsid w:val="00FB5B1B"/>
     <w:rsid w:val="00FD0127"/>
     <w:rsid w:val="00FE15F6"/>
     <w:rsid w:val="00FE53AD"/>
     <w:rsid w:val="00FF49CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="76B9EB99"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{0451940E-924D-42DB-ACF4-CB3C5848DC3B}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="pt-BR" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
@@ -4116,51 +4410,50 @@
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Cabealho">
     <w:name w:val="header"/>
@@ -5491,70 +5784,70 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="15"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{CCF59114-9ACB-4DBD-9642-78E2CB5ADCCB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>592</Words>
-  <Characters>3202</Characters>
+  <Words>751</Words>
+  <Characters>4056</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>26</Lines>
-  <Paragraphs>7</Paragraphs>
+  <Lines>33</Lines>
+  <Paragraphs>9</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3787</CharactersWithSpaces>
+  <CharactersWithSpaces>4798</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>KALLYANA MORAES CARVALHO DOMINICES</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>