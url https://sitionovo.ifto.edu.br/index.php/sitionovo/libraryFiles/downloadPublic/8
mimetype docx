--- v0 (2025-11-16)
+++ v1 (2026-01-01)
@@ -6,60 +6,62 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="535C14D5" w14:textId="0EC409BD" w:rsidR="00C53797" w:rsidRPr="00F26BE4" w:rsidRDefault="006A4117" w:rsidP="008B6FCD">
+    <w:p w14:paraId="535C14D5" w14:textId="0EC409BD" w:rsidR="00C53797" w:rsidRPr="00923A68" w:rsidRDefault="006A4117" w:rsidP="008B6FCD">
       <w:pPr>
         <w:pStyle w:val="SitioNovoTitulo"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="08F934F2" wp14:editId="324101AF">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>0</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-524510</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="501015" cy="179070"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1665366028" name="Imagem 42">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId7"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -76,52 +78,53 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="501015" cy="179070"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                       <a:prstDash/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r>
-        <w:rPr>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6BC8C595" wp14:editId="60ACAECD">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>556260</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>-569839</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="159480" cy="250920"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:wrapNone/>
             <wp:docPr id="1500960275" name="Imagem 447691139" descr="Forma&#10;&#10;O conteúdo gerado por IA pode estar incorreto.">
               <a:hlinkClick xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" r:id="rId9"/>
             </wp:docPr>
             <wp:cNvGraphicFramePr/>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
@@ -138,2409 +141,2344 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="159480" cy="250920"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                       <a:prstDash/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00796564">
-        <w:rPr>
+      <w:r w:rsidR="00796564" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Título do trabalho</w:t>
       </w:r>
-      <w:r w:rsidR="00027560">
-        <w:rPr>
+      <w:r w:rsidR="00027560" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> em português</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9804F3" w14:textId="0F17C281" w:rsidR="00BF24D2" w:rsidRPr="009E43C7" w:rsidRDefault="000145E0" w:rsidP="008B6FCD">
+    <w:p w14:paraId="0E9804F3" w14:textId="03769CC5" w:rsidR="00BF24D2" w:rsidRPr="00923A68" w:rsidRDefault="000145E0" w:rsidP="008B6FCD">
       <w:pPr>
         <w:pStyle w:val="SitioNovoTitulo"/>
         <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00430F42">
-[...1 lines deleted...]
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b w:val="0"/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2E30E4CC" wp14:editId="4476348D">
             <wp:extent cx="220980" cy="195371"/>
             <wp:effectExtent l="0" t="0" r="7620" b="0"/>
             <wp:docPr id="1496673306" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1496673306" name="Imagem 1"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId11" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="226219" cy="200003"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="00932AA9" w:rsidRPr="00932AA9">
-        <w:rPr>
+      <w:r w:rsidR="00932AA9" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>https://doi.org/10.47236/2594-7036.2025.v9.</w:t>
-[...2 lines deleted...]
-        <w:rPr>
+        <w:t>https://doi.org/10.47236/2594-7036.202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6B2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>xx</w:t>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00932AA9" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.v</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB6B2D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:r w:rsidR="00932AA9" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.xx</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C4D1E7C" w14:textId="77777777" w:rsidR="000145E0" w:rsidRDefault="000145E0" w:rsidP="00935CC2">
+    <w:p w14:paraId="2C4D1E7C" w14:textId="77777777" w:rsidR="000145E0" w:rsidRPr="00923A68" w:rsidRDefault="000145E0" w:rsidP="00935CC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7902A262" w14:textId="08829CB4" w:rsidR="00847A03" w:rsidRPr="00834F14" w:rsidRDefault="00834F14" w:rsidP="00935CC2">
+    <w:p w14:paraId="7902A262" w14:textId="08829CB4" w:rsidR="00847A03" w:rsidRPr="00923A68" w:rsidRDefault="00834F14" w:rsidP="00935CC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nome Completo Autor</w:t>
       </w:r>
-      <w:r w:rsidR="00847A03">
+      <w:r w:rsidR="00847A03" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="1"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="751C8E12" w14:textId="5D731BD3" w:rsidR="00AE7FF5" w:rsidRPr="00834F14" w:rsidRDefault="00D95622" w:rsidP="00D95622">
+    <w:p w14:paraId="751C8E12" w14:textId="021DF29B" w:rsidR="00AE7FF5" w:rsidRPr="00923A68" w:rsidRDefault="00D95622" w:rsidP="00923A68">
       <w:pPr>
         <w:tabs>
+          <w:tab w:val="left" w:pos="1616"/>
           <w:tab w:val="left" w:pos="3203"/>
           <w:tab w:val="right" w:pos="9071"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00923A68" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00E6252B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>Nome Completo Autor</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00E6252B" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>Nome Completo Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00847A03" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63834E22" w14:textId="170134EF" w:rsidR="008B6FCD" w:rsidRDefault="008B6FCD" w:rsidP="00935CC2">
+    <w:p w14:paraId="63834E22" w14:textId="170134EF" w:rsidR="008B6FCD" w:rsidRPr="00923A68" w:rsidRDefault="008B6FCD" w:rsidP="00935CC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nome Completo Autor</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00923A68">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F596976" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRDefault="00935CC2" w:rsidP="00935CC2">
+    <w:p w14:paraId="3F596976" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="00935CC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="642F980D" w14:textId="0149F334" w:rsidR="00935CC2" w:rsidRDefault="00935CC2" w:rsidP="00935CC2">
+    <w:p w14:paraId="642F980D" w14:textId="5FBE95FF" w:rsidR="00935CC2" w:rsidRPr="008C6B4C" w:rsidRDefault="00935CC2" w:rsidP="008C6B4C">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Data de </w:t>
       </w:r>
-      <w:r w:rsidR="007F6571">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="007F6571" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>submissão concluída</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>: x/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
-      <w:r w:rsidR="004C6B42">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="004C6B42" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="00033056">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00033056" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>. Data de aprovação: x/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="00033056">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00033056" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
-      <w:r w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A25815" w:rsidRPr="00A25815">
-[...33 lines deleted...]
-        <w:t>: x/</w:t>
+      <w:r w:rsidR="00A25815" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Data de publicação: x/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00A25815" w:rsidRPr="00935CC2">
-[...3 lines deleted...]
-          <w:szCs w:val="20"/>
+      <w:r w:rsidR="00A25815" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>xx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A25815" w:rsidRPr="00935CC2">
-[...24 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidR="00A25815" w:rsidRPr="008C6B4C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>/20xx.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10E90FCE" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00A37847" w:rsidRDefault="00935CC2" w:rsidP="00935CC2">
+    <w:p w14:paraId="10E90FCE" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00D304DD" w:rsidRDefault="00935CC2" w:rsidP="00935CC2">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="right"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="58100696" w14:textId="477A33BA" w:rsidR="002F4D5E" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
+    <w:p w14:paraId="58100696" w14:textId="477A33BA" w:rsidR="002F4D5E" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Resumo</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> – </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Este documento descreve o estilo e as normas a serem usados na confecção de artigos para publicação na Revista Sítio Novo, a qual aceita submissões em português, inglês e espanhol, redigidos seguindo as normas para publicação e que não foram submetidos ou publicados em outra revista e/ou meio de divulgação, conforme declarado pelos autores. A ordenação do artigo deve ser feita da seguinte forma: Artigos em português: Título; autoria; endereços institucionais e eletrônicos</w:t>
       </w:r>
-      <w:r w:rsidR="00DB7D3B">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00DB7D3B" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, conforme </w:t>
       </w:r>
-      <w:r w:rsidR="009F7FBA">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="009F7FBA" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>modelo no rodapé</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>; Resumo; Palavras-chave; Título em inglês; Abstract; Keywords; Introdução; Materiais e Métodos; Resultados e Discussões; Conclusões; Agradecimentos; Referências; Tabelas</w:t>
       </w:r>
-      <w:r w:rsidR="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Figuras</w:t>
       </w:r>
-      <w:r w:rsidR="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e Informações Complementares</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Trabalho</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>elaborad</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>elaborado</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>em</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t>inglês</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>ou</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>espanhol</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>deve</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>obedecer</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>mesma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>estrutura</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>prevista</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>aquele</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>redigido</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t>em</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>inglês</w:t>
+        <w:t>português</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>utilizando</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>ou</w:t>
+        <w:t>como</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>espanhol</w:t>
+        <w:t>segundo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>deve</w:t>
+        <w:t>resumo</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t xml:space="preserve"> a </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>versão</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>obedecer</w:t>
+        <w:t>em</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> à </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>mesma</w:t>
+        <w:t>língua</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>estrutura</w:t>
+        <w:t>portuguesa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="0038001F" w:rsidRPr="0038001F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0038001F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-US" w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...276 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> O artigo científico deve ter, no mínimo, </w:t>
       </w:r>
-      <w:r w:rsidR="00E97712">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E97712" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>10</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00E97712">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E97712" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>dez</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>) páginas e, no máximo, 2</w:t>
       </w:r>
-      <w:r w:rsidR="00242A24">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00242A24" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (vinte</w:t>
       </w:r>
-      <w:r w:rsidR="00242A24">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00242A24" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e cinco</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>) páginas, incluindo-se as ilustrações (Tabelas e Figuras), que devem ser limitadas a 6 (seis), sempre que possível. O termo Resumo deve ser grafado em letras minúsculas, exceto a letra inicial, na margem esquerda, em negrito, e separada do texto por travessão. Deve conter, no mínimo, 100 (cem) e, no máximo, 250 (duzentas e cinquenta) palavras, incluindo números, preposições, conjunções e artigos. Deve ser elaborado em frases curtas e conter o objetivo, o material e os métodos, os resultados e a conclusão. Não deve conter citações bibliográficas nem abreviaturas. O final do texto deve conter a principal conclusão</w:t>
       </w:r>
-      <w:r w:rsidR="004C379F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004C379F" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> do trabalho</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>. Palavras-chave: a expressão Palavras-chave, seguida de dois pontos, deve ser grafada em letras minúsculas, exceto a letra inicial, na margem esquerda, em negrito. Deve ser elaborado conforme a</w:t>
       </w:r>
-      <w:r w:rsidR="00E312A0">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00E312A0" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>s normas atuais da</w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ABNT.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="79D97D88" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRDefault="00935CC2" w:rsidP="007B3484">
+    <w:p w14:paraId="79D97D88" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="007B3484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Palavras-chave:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Registrar até cinco palavras-chave. Devem ser apresentadas em ordem alfabética, separadas entre si por ponto e finalizadas também por ponto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27B1D0D4" w14:textId="77777777" w:rsidR="000C7D93" w:rsidRPr="00B544FB" w:rsidRDefault="000C7D93" w:rsidP="000C7D93">
+    <w:p w14:paraId="27B1D0D4" w14:textId="77777777" w:rsidR="000C7D93" w:rsidRPr="00923A68" w:rsidRDefault="000C7D93" w:rsidP="000C7D93">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6BA529C2" w14:textId="4F145C81" w:rsidR="00935CC2" w:rsidRPr="00B544FB" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
+    <w:p w14:paraId="6BA529C2" w14:textId="4F145C81" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Título em inglês</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A3FE206" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00B544FB" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
+    <w:p w14:paraId="3A3FE206" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FCEE568" w14:textId="49D878A3" w:rsidR="00935CC2" w:rsidRPr="00B544FB" w:rsidRDefault="00935CC2" w:rsidP="006914E1">
+    <w:p w14:paraId="3FCEE568" w14:textId="49D878A3" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="006914E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Abstract</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Em inglês.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F43AFD4" w14:textId="1098EB58" w:rsidR="00935CC2" w:rsidRPr="00B544FB" w:rsidRDefault="00935CC2" w:rsidP="007B3484">
+    <w:p w14:paraId="7F43AFD4" w14:textId="1098EB58" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="007B3484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Keywords:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Em inglês.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62BD4B2E" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
+    <w:p w14:paraId="62BD4B2E" w14:textId="77777777" w:rsidR="00935CC2" w:rsidRPr="00923A68" w:rsidRDefault="00935CC2" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69BCAAE7" w14:textId="5B2D8F76" w:rsidR="00A25815" w:rsidRDefault="00A25815" w:rsidP="00A25815">
+    <w:p w14:paraId="69BCAAE7" w14:textId="5B2D8F76" w:rsidR="00A25815" w:rsidRPr="00923A68" w:rsidRDefault="00A25815" w:rsidP="00A25815">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Título em espanhol</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D6A00EF" w14:textId="77777777" w:rsidR="00513D25" w:rsidRPr="00513D25" w:rsidRDefault="00513D25" w:rsidP="006914E1">
+    <w:p w14:paraId="0D6A00EF" w14:textId="77777777" w:rsidR="00513D25" w:rsidRPr="00923A68" w:rsidRDefault="00513D25" w:rsidP="006914E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:position w:val="-1"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34AB2570" w14:textId="2556C901" w:rsidR="00405BCC" w:rsidRPr="00B544FB" w:rsidRDefault="00405BCC" w:rsidP="006914E1">
+    <w:p w14:paraId="34AB2570" w14:textId="2556C901" w:rsidR="00405BCC" w:rsidRPr="00923A68" w:rsidRDefault="00405BCC" w:rsidP="006914E1">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00430F42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:highlight w:val="white"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Resumen</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> – Em espanhol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24C7FDA6" w14:textId="1116DAF0" w:rsidR="00405BCC" w:rsidRPr="00B544FB" w:rsidRDefault="00405BCC" w:rsidP="007B3484">
+    <w:p w14:paraId="24C7FDA6" w14:textId="1116DAF0" w:rsidR="00405BCC" w:rsidRPr="00923A68" w:rsidRDefault="00405BCC" w:rsidP="007B3484">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00430F42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
           <w:lang w:val="es-ES"/>
         </w:rPr>
         <w:t>Palabras clave</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> Em espanhol.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="275A997B" w14:textId="77777777" w:rsidR="00405BCC" w:rsidRDefault="00405BCC" w:rsidP="00405BCC">
+    <w:p w14:paraId="275A997B" w14:textId="77777777" w:rsidR="00405BCC" w:rsidRPr="00923A68" w:rsidRDefault="00405BCC" w:rsidP="00405BCC">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="721542A8" w14:textId="77777777" w:rsidR="00405BCC" w:rsidRPr="00B544FB" w:rsidRDefault="00405BCC" w:rsidP="00A25815">
+    <w:p w14:paraId="721542A8" w14:textId="77777777" w:rsidR="00405BCC" w:rsidRPr="00923A68" w:rsidRDefault="00405BCC" w:rsidP="00A25815">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="375B9B4E" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00B544FB" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
+    <w:p w14:paraId="375B9B4E" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Organização dos manuscritos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5061CA6A" w14:textId="42F103D0" w:rsidR="005F6D88" w:rsidRPr="00B544FB" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
+    <w:p w14:paraId="5061CA6A" w14:textId="7D0F55B4" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Digitação: </w:t>
       </w:r>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">o texto do artigo deve ser composto em programa Microsoft Word ou LibreOffice Writer; os gráficos, em programas compatíveis com os programas Microsoft Excel ou LibreOffice </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Calc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">; e formato de imagens – Figuras (GIF) e Fotos (JPEG). O material não deverá ultrapassar 2,0 MB. O material deverá ser digitado em tamanho A4 210 x 290 mm, a fonte, Times New Roman, estilo normal, tamanho 12 e espaçamento simples para todo o artigo, o parágrafo recuado a 1 cm. As margens devem ser: esquerda e superior de 3 cm e direita e inferior de 2 cm. As citações com mais de três linhas, paginação, notas, legendas e fontes das ilustrações e tabelas devem ser em tamanho 10. Os números de páginas devem ser registrados </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">; e formato de imagens – Figuras (GIF) e Fotos (JPEG). O material não deverá ultrapassar 2,0 MB. O material deverá ser digitado em tamanho A4 210 x 290 mm, a fonte, </w:t>
+      </w:r>
+      <w:r w:rsidR="002F6D4F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t>Arial</w:t>
+      </w:r>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, estilo normal, tamanho 12 e espaçamento simples para todo o artigo, o parágrafo recuado a 1 cm. As margens devem ser: esquerda e superior de 3 cm e direita e inferior de 2 cm. As citações com mais de três linhas, paginação, notas, legendas e fontes das ilustrações e tabelas devem ser em tamanho 10. Os números de páginas devem ser registrados </w:t>
+      </w:r>
+      <w:r w:rsidR="00823B40" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve">no rodapé, conforme modelo, sem alteração da estrutura disposta no </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00823B40">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00823B40" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>template</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="000C7D93" w:rsidRPr="000C7D93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="000C7D93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D61CDBF" w14:textId="79538725" w:rsidR="005F6D88" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
+    <w:p w14:paraId="3D61CDBF" w14:textId="79538725" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Título: </w:t>
       </w:r>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>somente a primeira letra do título do artigo deve ser maiúscula, exceto no caso de nomes próprios. Evitar abreviaturas e nomes científicos no título. O nome científico só deve ser empregado quando estritamente necessário e deverá aparecer nas palavras-chave, resumo e demais seções, quando necessário. O título e o subtítulo (se houver) devem figurar na página de abertura separados por dois pontos, centralizado na página, em fonte 1</w:t>
       </w:r>
-      <w:r w:rsidR="004173AC">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="004173AC" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">, estar em negrito, e conter, no máximo, 15 (quinze) palavras. Com a chamada de rodapé numérica, extraída do título, devem constar informações sobre a natureza do trabalho (se extraído de tese/dissertação) e referências às instituições colaboradoras. Nos títulos das demais seções (resumo, abstract, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>introdução, etc.</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>), somente a primeira letra deve ser maiúscula, estar em negrito e justificado à esquerda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7653933E" w14:textId="5E3501C7" w:rsidR="005F6D88" w:rsidRDefault="005F6D88" w:rsidP="00B20D7A">
+    <w:p w14:paraId="7653933E" w14:textId="5E3501C7" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Autores:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">nomes completos (sem abreviaturas), com iniciais maiúsculas, um após o outro, em linhas distintas. O último sobrenome de cada autor deve ser seguido de um número em algarismo arábico, em forma de expoente, correspondente à chamada de endereço do autor. Como nota de rodapé na primeira página, indicar para cada autor: </w:t>
       </w:r>
-      <w:r w:rsidR="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Titulação e instituição formadora; vínculo e instituição; Cidade – Estado, País; Endereço eletrônico</w:t>
       </w:r>
-      <w:r w:rsidR="00540B11" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> do autor correspondente</w:t>
       </w:r>
-      <w:r w:rsidR="00465AA3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00465AA3" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> além das informações de </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Orcid</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> e Currículo </w:t>
       </w:r>
-      <w:r w:rsidR="00F87FE6" w:rsidRPr="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Lattes</w:t>
       </w:r>
-      <w:r w:rsidR="00631902">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00631902" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F87FE6" w:rsidRPr="00F87FE6">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>(verificar modelo no rodapé</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>(verificar modelo no rodapé da primeira página)</w:t>
+      </w:r>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> da primeira página</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">. Só serão aceitos, no máximo, </w:t>
+      </w:r>
+      <w:r w:rsidR="00F87FE6" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>)</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> (cinco) autores por artigo. Caso ultrapasse esse limite, os autores precisam comprovar que a pesquisa foi desenvolvida em regiões diferentes. Deverão ser encaminhadas, no momento da submissão, 2 (duas) versões do </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4083" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Só serão aceitos, no máximo, </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>trabalho</w:t>
+      </w:r>
+      <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>: a primeira omitindo os nomes dos autores e a nota de rodapé, que deverá ser enviada como versão para avaliação; e a segunda deverá ser enviada com todos esses dados como documentos suplementares.</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3012" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> (cinco) autores por artigo. Caso ultrapasse esse limite, os autores precisam comprovar que a pesquisa foi desenvolvida em regiões diferentes. Deverão ser encaminhadas, no momento da submissão, 2 (duas) versões do </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B20D7A" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>trabalho</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Junto com a submissão, os autores precisam encaminhar, como documentos suplementares, os seguintes documentos, que estão disponíveis na página da revista: Declaração de Crédito, Declaração de Conflito de Interesse e Formulário sobre Conformidade com a Ciência Aberta</w:t>
+      </w:r>
+      <w:r w:rsidR="007B3EFD" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>: a primeira omitindo os nomes dos autores e a nota de rodapé, que deverá ser enviada como versão para avaliação; e a segunda deverá ser enviada com todos esses dados como documentos suplementares.</w:t>
-[...31 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C8F10EE" w14:textId="77777777" w:rsidR="00B20D7A" w:rsidRDefault="00B20D7A" w:rsidP="00B20D7A">
+    <w:p w14:paraId="7C8F10EE" w14:textId="77777777" w:rsidR="00B20D7A" w:rsidRPr="00923A68" w:rsidRDefault="00B20D7A" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B1F53A9" w14:textId="77777777" w:rsidR="00C74967" w:rsidRPr="00B544FB" w:rsidRDefault="00C74967" w:rsidP="00B20D7A">
+    <w:p w14:paraId="6B1F53A9" w14:textId="77777777" w:rsidR="00C74967" w:rsidRPr="00923A68" w:rsidRDefault="00C74967" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7F44AF06" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00B544FB" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
+    <w:p w14:paraId="7F44AF06" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Introdução</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08FB82FA" w14:textId="7FFFF798" w:rsidR="005F6D88" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
+    <w:p w14:paraId="08FB82FA" w14:textId="7FFFF798" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...7 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>A palavra Introdução deve ser grafada em letras minúsculas, exceto a letra inicial, estar em negrito e justificada à esquerda. Deve ser breve, mas suficiente para esclarecer o problema abordado ou a(s) hipótese(s) de trabalho (no máximo duas páginas), com citação da bibliografia específica e atualizada, e finalizar com a indicação do objetivo de forma coerente com o descrito no início do Resumo. As citações e notas devem ser conforme a</w:t>
       </w:r>
-      <w:r w:rsidR="0052207E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="0052207E" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">s normas atuais </w:t>
       </w:r>
-      <w:r w:rsidR="001D208E">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001D208E" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">da </w:t>
       </w:r>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>ABNT.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33DC65CC" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00B544FB" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
+    <w:p w14:paraId="33DC65CC" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="293A06B2" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00B544FB" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
+    <w:p w14:paraId="293A06B2" w14:textId="77777777" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Materiais e </w:t>
       </w:r>
-      <w:r w:rsidR="00834F14">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00834F14" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>étodos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="321FAE5C" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00540B11" w:rsidRDefault="00540B11" w:rsidP="00834F14">
+    <w:p w14:paraId="321FAE5C" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00834F14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>A expressão Materiais e Métodos deve estar alinhada à esquerda, em negrito, grafada em letras minúsculas, exceto as letras iniciais. O conteúdo deve ser organizado, de preferência, em ordem cronológica.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0470D525" w14:textId="77777777" w:rsidR="00540B11" w:rsidRDefault="00540B11" w:rsidP="00834F14">
+    <w:p w14:paraId="0470D525" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00834F14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...8 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t>Deve apresentar a descrição do local, a data e o delineamento experimental, além de informações necessárias e suficientes para a percepção dos resultados e para a repetição do trabalho por qualquer outro pesquisador. Evitar detalhes supérfluos e extensas descrições de técnicas de uso corrente. O uso de subtítulos, quando indispensável, deverá ser grafado em negrito, com letras minúsculas, exceto a letra inicial, na margem esquerda da página.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57884E2C" w14:textId="77777777" w:rsidR="0051341E" w:rsidRDefault="0051341E" w:rsidP="00540B11">
+    <w:p w14:paraId="57884E2C" w14:textId="77777777" w:rsidR="0051341E" w:rsidRPr="00923A68" w:rsidRDefault="0051341E" w:rsidP="00540B11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77AD981F" w14:textId="79B2B2F5" w:rsidR="005F6D88" w:rsidRPr="00B544FB" w:rsidRDefault="005F6D88" w:rsidP="00540B11">
+    <w:p w14:paraId="77AD981F" w14:textId="79B2B2F5" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00540B11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Resultados e </w:t>
       </w:r>
-      <w:r w:rsidR="00834F14">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00834F14" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>iscussões</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59B1D97E" w14:textId="7543561D" w:rsidR="005F6D88" w:rsidRDefault="00540B11" w:rsidP="00834F14">
+    <w:p w14:paraId="59B1D97E" w14:textId="7543561D" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00834F14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">O termo Resultados e Discussões deve ser grafado em negrito, com letras minúsculas, exceto a letra inicial, na margem esquerda da página. Deve conter uma apresentação concisa dos dados obtidos. Todos os dados apresentados em Tabelas e/ou Figuras devem ser discutidos, não sendo repetidos no corpo do texto, apenas discutidos em relação aos apresentados por outros autores. Tabelas, gráficos e figuras podem ser intercalados no texto e imediatamente após o trecho em que são citadas pela primeira vez, de maneira que sua visualização tenha sentido normal de leitura, ou podem ser apresentados em anexo quando a quantidade deles for grande ou quando ocupar mais de uma página, o que dificultaria a leitura do texto, e não poderão ultrapassar as margens e nem estar com apresentação paisagem. Evitar o uso de nomes de variáveis e tratamentos abreviados. Dados não apresentados não podem ser discutidos. Não devem conter afirmações que não possam ser sustentadas pelos dados obtidos no próprio trabalho ou por outros trabalhos citados. Novas descobertas devem ser confrontadas com o conhecimento anteriormente obtido. Qualquer que seja o tipo de ilustração, esta deve ser precedida de sua palavra designativa (fotografia, gráfico, figura, imagem, fluxograma, planta, entre outros), seguida de seu número de ordem de ocorrência no texto, em algarismos arábicos, de travessão e do respectivo título. Imediatamente após a ilustração, deve-se indicar a fonte consultada (obrigatório mesmo que seja produção do próprio autor) conforme </w:t>
       </w:r>
-      <w:r w:rsidR="00C95CB8" w:rsidRPr="00540B11">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C95CB8" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>as normas atuais</w:t>
+      </w:r>
+      <w:r w:rsidR="001D208E" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> da</w:t>
       </w:r>
-      <w:r w:rsidR="00C95CB8">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C95CB8" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ABNT</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>. As tabelas devem ser conforme as Normas de apresentação tabular do Instituto Brasileiro de Geografia e Estatística (IBGE).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16F196E9" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00B544FB" w:rsidRDefault="00540B11" w:rsidP="00540B11">
+    <w:p w14:paraId="16F196E9" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00540B11">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="708"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D371DD8" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00C24768" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="4D371DD8" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C24768">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Mapa 1 – Fronteiras do Brasil</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5680BFF5" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="5680BFF5" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="22182307" wp14:editId="13047573">
             <wp:simplePos x="0" y="0"/>
             <wp:positionH relativeFrom="column">
               <wp:posOffset>-3810</wp:posOffset>
             </wp:positionH>
             <wp:positionV relativeFrom="paragraph">
               <wp:posOffset>76200</wp:posOffset>
             </wp:positionV>
             <wp:extent cx="2209713" cy="2113915"/>
             <wp:effectExtent l="0" t="0" r="635" b="635"/>
             <wp:wrapSquare wrapText="bothSides"/>
             <wp:docPr id="3" name="Imagem 3" descr="F:\paises_vizinhos.gif"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1" descr="F:\paises_vizinhos.gif"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
@@ -2555,5098 +2493,6480 @@
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2209713" cy="2113915"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="245107B3" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="245107B3" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53A134DE" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="53A134DE" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A76167E" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="6A76167E" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4F49C48D" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="4F49C48D" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5C063AD3" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="5C063AD3" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="760B962D" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="760B962D" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="358D4145" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="358D4145" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="070DD6E7" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="070DD6E7" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="38F9FF6F" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="38F9FF6F" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="69C922E8" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="69C922E8" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="644D1976" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="644D1976" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CD6B561" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00B544FB" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="7CD6B561" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53F9518F" w14:textId="77777777" w:rsidR="003D100B" w:rsidRPr="00CE5081" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
+    <w:p w14:paraId="53F9518F" w14:textId="75FF2ABB" w:rsidR="003D100B" w:rsidRPr="00923A68" w:rsidRDefault="003D100B" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE5081">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Fonte: IBGE (2016)</w:t>
+        <w:t>Fonte: IBGE (20</w:t>
+      </w:r>
+      <w:r w:rsidR="003136FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1EBAB697" w14:textId="77777777" w:rsidR="006B4274" w:rsidRDefault="006B4274" w:rsidP="00B544FB">
+    <w:p w14:paraId="1EBAB697" w14:textId="77777777" w:rsidR="006B4274" w:rsidRPr="00923A68" w:rsidRDefault="006B4274" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BFB77F3" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00C24768" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+    <w:p w14:paraId="7BFB77F3" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00923A68" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00C24768">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Tabela 1 – Nome da tabela</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8085" w:type="dxa"/>
         <w:tblCellSpacing w:w="0" w:type="dxa"/>
         <w:tblCellMar>
           <w:top w:w="30" w:type="dxa"/>
           <w:left w:w="30" w:type="dxa"/>
           <w:bottom w:w="30" w:type="dxa"/>
           <w:right w:w="30" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3709"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1073"/>
+        <w:gridCol w:w="3758"/>
+        <w:gridCol w:w="1284"/>
+        <w:gridCol w:w="885"/>
+        <w:gridCol w:w="1071"/>
+        <w:gridCol w:w="1087"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009779C7" w:rsidRPr="00B544FB" w14:paraId="4F70B5B4" w14:textId="77777777" w:rsidTr="009779C7">
+      <w:tr w:rsidR="009779C7" w:rsidRPr="00F00903" w14:paraId="4F70B5B4" w14:textId="77777777" w:rsidTr="009779C7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="79358ED9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="79358ED9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="1276"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Tipo de orientação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="16B6187D" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="16B6187D" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="147"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Tipo de Orientação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="62D63E69" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="62D63E69" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>1986</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50253B87" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="50253B87" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>1987</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="28" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3F698DC6" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="3F698DC6" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>1988</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009779C7" w:rsidRPr="00B544FB" w14:paraId="7617B301" w14:textId="77777777" w:rsidTr="009779C7">
+      <w:tr w:rsidR="009779C7" w:rsidRPr="00F00903" w14:paraId="7617B301" w14:textId="77777777" w:rsidTr="009779C7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="31F78CE3" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="31F78CE3" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="147"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Estímulo ao aleitamento materno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="00E4B9C9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="00E4B9C9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>17</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="61B7F4E9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="61B7F4E9" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>26</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="693B84E1" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="693B84E1" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>49</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2B65A92B" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="2B65A92B" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>65</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009779C7" w:rsidRPr="00B544FB" w14:paraId="0192A906" w14:textId="77777777" w:rsidTr="009779C7">
+      <w:tr w:rsidR="009779C7" w:rsidRPr="00F00903" w14:paraId="0192A906" w14:textId="77777777" w:rsidTr="009779C7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="063B2C25" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="063B2C25" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="147"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Estímulo ao aleitamento artificial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="271947CF" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="271947CF" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>12</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0FE484CD" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="0FE484CD" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>14</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4CC77394" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="4CC77394" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1AA9DD12" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="1AA9DD12" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009779C7" w:rsidRPr="00B544FB" w14:paraId="2725E2B6" w14:textId="77777777" w:rsidTr="009779C7">
+      <w:tr w:rsidR="009779C7" w:rsidRPr="00F00903" w14:paraId="2725E2B6" w14:textId="77777777" w:rsidTr="009779C7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="726B0878" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="726B0878" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="147"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Não houve</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0F30D3C4" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="0F30D3C4" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>51</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5F38C212" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="5F38C212" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>40</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1F7A0B67" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="1F7A0B67" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2814203F" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="2814203F" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>21</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="009779C7" w:rsidRPr="00B544FB" w14:paraId="0CCC644B" w14:textId="77777777" w:rsidTr="009779C7">
+      <w:tr w:rsidR="009779C7" w:rsidRPr="00F00903" w14:paraId="0CCC644B" w14:textId="77777777" w:rsidTr="009779C7">
         <w:trPr>
           <w:tblCellSpacing w:w="0" w:type="dxa"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3630" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="0" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73772114" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="73772114" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:hanging="1276"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
-                <w:sz w:val="24"/>
-                <w:szCs w:val="24"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>Total</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="3C3CE89D" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="3C3CE89D" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="855" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="07B49BB1" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="07B49BB1" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>80</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1035" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="36C581CF" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="36C581CF" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>100</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1050" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="8" w:space="0" w:color="000000"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
             <w:tcMar>
               <w:top w:w="0" w:type="dxa"/>
               <w:left w:w="28" w:type="dxa"/>
               <w:bottom w:w="28" w:type="dxa"/>
               <w:right w:w="0" w:type="dxa"/>
             </w:tcMar>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5211B7FE" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00B544FB" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+          <w:p w14:paraId="5211B7FE" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00F00903" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B544FB">
+            <w:r w:rsidRPr="00F00903">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-                <w:szCs w:val="24"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="pt-BR"/>
               </w:rPr>
               <w:t>90</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="18303CA2" w14:textId="77777777" w:rsidR="009779C7" w:rsidRPr="00CE5081" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
+    <w:p w14:paraId="18303CA2" w14:textId="1AD31850" w:rsidR="009779C7" w:rsidRPr="00923A68" w:rsidRDefault="009779C7" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CE5081">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Fonte: Comissão de Normalização - IFTO (2013)</w:t>
+        <w:t>Fonte: Comissão de Normalização - IFTO (20</w:t>
+      </w:r>
+      <w:r w:rsidR="003136FD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D92CCD9" w14:textId="77777777" w:rsidR="00CB5045" w:rsidRDefault="00CB5045" w:rsidP="00B544FB">
+    <w:p w14:paraId="0D92CCD9" w14:textId="77777777" w:rsidR="00CB5045" w:rsidRPr="00923A68" w:rsidRDefault="00CB5045" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="53C96AEF" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00B544FB" w:rsidRDefault="00A50765" w:rsidP="002F4D5E">
+    <w:p w14:paraId="53C96AEF" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00923A68" w:rsidRDefault="00A50765" w:rsidP="002F4D5E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Considerações finais</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71184550" w14:textId="77777777" w:rsidR="00A50765" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
+    <w:p w14:paraId="71184550" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Somente a primeira letra da palavra Considerações finais deve ser maiúscula, grafada em negrito e alinhada à esquerda. Devem ser concisas e coerentes com os objetivos e com os dados apresentados no trabalho, não podendo consistir no resumo dos resultados, mas apresentando as novas descobertas da pesquisa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B27FCE2" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00B544FB" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
+    <w:p w14:paraId="4B27FCE2" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="581D3674" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00B544FB" w:rsidRDefault="00A50765" w:rsidP="00595AD3">
+    <w:p w14:paraId="581D3674" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00923A68" w:rsidRDefault="00A50765" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B544FB">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Referências</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73BEDD80" w14:textId="2456035B" w:rsidR="0051662B" w:rsidRDefault="00540B11" w:rsidP="00595AD3">
+    <w:p w14:paraId="73BEDD80" w14:textId="2456035B" w:rsidR="0051662B" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Devem ser conforme </w:t>
       </w:r>
-      <w:r w:rsidR="00C95CB8" w:rsidRPr="00540B11">
-[...23 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C95CB8" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as normas atuais </w:t>
+      </w:r>
+      <w:r w:rsidR="001D208E" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">da </w:t>
       </w:r>
-      <w:r w:rsidR="00C95CB8" w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00C95CB8" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>ABNT</w:t>
       </w:r>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">. A expressão Referências deve estar alinhada à esquerda, em negrito, grafada em letras minúsculas, exceto a letra inicial. As referências devem ser elaboradas em espaço simples, alinhadas à margem esquerda do texto e separadas entre si por uma linha em branco de espaço simples. Devem ser de fontes atuais e de periódicos: pelo menos </w:t>
       </w:r>
-      <w:r w:rsidR="001F5E93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001F5E93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>0% (</w:t>
       </w:r>
-      <w:r w:rsidR="001F5E93">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="001F5E93" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>cinque</w:t>
       </w:r>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>nta por cento) das referências devem ser dos últimos 5 (cinco) anos, devendo contemplar artigos de periódicos. Devem conter relação dos trabalhos citados no texto.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7C445DC6" w14:textId="77777777" w:rsidR="00540B11" w:rsidRDefault="00540B11" w:rsidP="00595AD3">
+    <w:p w14:paraId="7C445DC6" w14:textId="77777777" w:rsidR="00540B11" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65CE72E2" w14:textId="7459326B" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="65CE72E2" w14:textId="7459326B" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Modelos de referências:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="538915B8" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="538915B8" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>At</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>é três autores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4D131912" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="4D131912" w14:textId="2A341FF2" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="0004715C" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>PASSOS, L. M. M; FONSECA, A; CHAVES, M.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">VIEIRA, Joelma; </w:t>
+      </w:r>
+      <w:r w:rsidR="00E2157F">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>SANDES</w:t>
+      </w:r>
+      <w:r w:rsidR="00E2157F" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F92B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Kauã</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F92B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>RODRIGUES</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F92B09">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Est</w:t>
+      </w:r>
+      <w:r w:rsidR="00D2453E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>efhane</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D2453E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lara</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Alegria de saber</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Introdução à ciência de dados</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: matemática, </w:t>
-[...10 lines deleted...]
-        <w:t>segunda série, 2, primeiro grau: livro do professor. São Paulo: Scipione, 1995.</w:t>
+        <w:t xml:space="preserve">: guia prático. </w:t>
+      </w:r>
+      <w:r w:rsidR="00DD1C42">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Araguatins</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00D423DB">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00682387">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>FTO</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00682387">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="008B467E" w:rsidRPr="008B467E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-4"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70B5B096" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="70B5B096" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05445DA9" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="05445DA9" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Mais de tr</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>ês autores</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2AC9D6EA" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="2AC9D6EA" w14:textId="2326D09B" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00070735" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">URANI, A. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>LOPES</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Gelma</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
+          <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>et al</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Constituição de uma matriz de contabilidade social para o Brasil. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Economia </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD20DE">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>doméstica</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: novos paradigmas para </w:t>
+      </w:r>
+      <w:r w:rsidR="00383C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>o lar</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Parauapebas</w:t>
+      </w:r>
+      <w:r w:rsidR="00383C62">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EB26B4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Evillyn</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="009B4BCD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AD3" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Brasília: IPEA, 1994. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C46A388" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="1C46A388" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5CFC47AF" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="5CFC47AF" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Parte de monografia</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (capítulo, volume, fragmento e outras partes de uma obra). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5556F604" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="5556F604" w14:textId="5A61C663" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00306CA8" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="17" w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">SANTOS, F. R. A colonização da terra do </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:lastRenderedPageBreak/>
+        <w:t>SILVA</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Tucujús</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t>Kenya Maria de</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>In</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">. O impacto das redes sociais na política </w:t>
+      </w:r>
+      <w:r w:rsidR="00202F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">: SANTOS, F. R. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>educacional</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. In: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>SILVA</w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C32" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A01C32">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Kenya Maria de</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>História do Amapá, 1º grau</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Mídia e poder</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. 2. ed. Macapá: </w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>: ensaios contemporâneos</w:t>
+      </w:r>
+      <w:r w:rsidR="00202F87">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Valcan</w:t>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve"> na educação</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, 1994. p. 15-24. </w:t>
+        <w:t xml:space="preserve">. 2. ed. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC5E89">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Palmas</w:t>
+      </w:r>
+      <w:r w:rsidR="009842E1" w:rsidRPr="009842E1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>: Editora Capital, 2025. p. 45-62.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AD3" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0428D172" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="0428D172" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="17" w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2CF7BBA9" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="2CF7BBA9" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="17" w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Documentos em meio eletrônico</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00F67B88">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00F67B88" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>line</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-4"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36E7138B" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="36E7138B" w14:textId="5CBCC9A6" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00EF3CC1" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:right="11"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-6"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">CONSOLI, R. A. G. B.; OLIVEIRA, R. L. Principais mosquitos de importância sanitária no Brasil. Rio de Janeiro: Editora Fiocruz, 1994. Disponível em: http://www.focruz.br/editora/media/05-PMISB.pdf. Acesso em: 4 set. 2009. </w:t>
+        <w:t xml:space="preserve">EMPRESA </w:t>
+      </w:r>
+      <w:r w:rsidR="00397CBC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>TELMA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S.A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Relatório anual de sustentabilidade 2024</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC3306">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Eldorado dos Carajás</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00B63120">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>PTO, 2025. Disponível em: www.</w:t>
+      </w:r>
+      <w:r w:rsidR="00B63120">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>g</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EF3CC1">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>pto.com.br. Acesso em: 15 out. 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="00595AD3" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-6"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59E58A78" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="59E58A78" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55FE08AA" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="55FE08AA" w14:textId="7B8A33A5" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Artigo, seção e/ou matéria de publicação periódica </w:t>
+        <w:t>Artigo, seção e/ou matéria de publicação periódica</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF4753">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (impresso)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D9F5141" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="724CCFD0" w14:textId="5F56553C" w:rsidR="005F24D1" w:rsidRDefault="007864B8" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">SEKEFF, Gisela. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>BORGES</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00800741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Vald</w:t>
+      </w:r>
+      <w:r w:rsidR="0035302E">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00800741">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>de</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. A corrida espacial e o futuro da humanidade. </w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>O emprego dos sonhos</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">Revista </w:t>
+      </w:r>
+      <w:r w:rsidR="0047087C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...4 lines deleted...]
-          <w:bCs/>
+        <w:t>Novo Sítio</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Domingo</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD6706">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>,</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Goiânia</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Rio de Janeiro, ano 26, n. 1344, p. 30-36, 3 fev. 2002. </w:t>
+        <w:t>, ano 1, n. 5, p. 10-18, 10 nov. 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33FCE8E1" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="58F68410" w14:textId="77777777" w:rsidR="005309F8" w:rsidRPr="00923A68" w:rsidRDefault="005309F8" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="087ED768" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="087ED768" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Artigo, seção e/ou matéria de publicação periódica em meio eletrônico </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="051A7831" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="6381A73F" w14:textId="6050B1F2" w:rsidR="00595AD3" w:rsidRDefault="007864B8" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">SILVA, M. M. L. </w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>PEREIRA</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="002269BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>José</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="002269BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Análise de mercado para startups. </w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
+          <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Crimes da era digital</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:t>Revista Sítio Novo</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="002269BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. Net, Rio de Janeiro, nov. 1998. Seção Ponto de Vista. Disponível em: http://www.brazilnet.com.br/contexts/brasilrevistas.htm. Acesso em: 28 nov. 1998. </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Palmas, v. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, p. e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. DOI: 10.47236/2594-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>7036.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.v</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>14</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Disponível em: https://sitionovo.ifto.edu.br/index.php/sitionovo/article/view/</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>2000</w:t>
+      </w:r>
+      <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Acesso em: 24 nov. 2025.</w:t>
+      </w:r>
+      <w:r w:rsidR="005309F8" w:rsidRPr="002269BC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6381A73F" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="79D1997B" w14:textId="77777777" w:rsidR="00BA2876" w:rsidRPr="00923A68" w:rsidRDefault="00BA2876" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7FFA059B" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="7FFA059B" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Evento no todo em meio eletrônico</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35B616D3" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="008E3E50">
+    <w:p w14:paraId="25967EE3" w14:textId="40B8C538" w:rsidR="00595AD3" w:rsidRDefault="00BA2876" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...13 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t>SIMPÓSIO DE ENGENHARIA DE SOFTWARE</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, 12., 2025, </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Palmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:t>Anais eletrônicos</w:t>
       </w:r>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> [...]. Recife: UFPE, 1996. Disponível em: http://www.propesq.ufpe.br/anais/anais.htm. Acesso em: 21 jan. 1997. </w:t>
+        <w:t xml:space="preserve"> [...]. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Palmas</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>IFTO</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, 2025. Disponível em: www.simposioengsoft.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5BA6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>ifto</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BA2876">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.br. Acesso em: 1 dez. 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25967EE3" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="1EFD24DB" w14:textId="77777777" w:rsidR="00BA2876" w:rsidRPr="00923A68" w:rsidRDefault="00BA2876" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="198E82F7" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="198E82F7" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Legislação em meio eletrônico </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B42EF90" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="21ED12C6" w14:textId="6C74F59F" w:rsidR="00595AD3" w:rsidRDefault="006455CC" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...12 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>BRASIL. [Lei n. 12.</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>345</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (20</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>)]. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Constituição da República Federativa do Brasil de 1988</w:t>
-[...9 lines deleted...]
-        <w:t xml:space="preserve">. Brasília, DF: Presidência da República, [2016]. Disponível em: http://www.planalto.gov.br/ccivil_03/Constituicao/ Constituiçao.htm. Acesso em: 1 jan. 2017. </w:t>
+        <w:t xml:space="preserve">Lei </w:t>
+      </w:r>
+      <w:r w:rsidR="001F423B" w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Anti</w:t>
+      </w:r>
+      <w:r w:rsidR="001F423B">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>rracista</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Brasília, DF: Presidência da República, 20</w:t>
+      </w:r>
+      <w:r w:rsidR="00792E05">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006455CC">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>. Disponível em: www.planalto.gov.br. Acesso em: 1 out. 2025.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21ED12C6" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="6D1DA5F5" w14:textId="77777777" w:rsidR="006455CC" w:rsidRPr="00923A68" w:rsidRDefault="006455CC" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1EF5F6E5" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00595AD3" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
+    <w:p w14:paraId="1EF5F6E5" w14:textId="77777777" w:rsidR="00595AD3" w:rsidRPr="00923A68" w:rsidRDefault="00595AD3" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00595AD3">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Agradecimentos</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D0D752C" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00B544FB" w:rsidRDefault="00540B11" w:rsidP="00834F14">
+    <w:p w14:paraId="5D0D752C" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00834F14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">Opcionais. Texto sucinto aprovado pelo periódico em que será publicado. O termo Agradecimentos deve ser grafado em negrito, com letras minúsculas, exceto a letra inicial, na margem esquerda da página. Deve ser o último elemento pós-textual, iniciando-se com “Ao, </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Aos</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00540B11">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>, À ou Às”. Incluem-se nesta seção as indicações de suporte financeiro ao projeto de pesquisa do qual originou o trabalho.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68550BD9" w14:textId="77777777" w:rsidR="00F26BE4" w:rsidRPr="00B544FB" w:rsidRDefault="00F26BE4" w:rsidP="00595AD3">
+    <w:p w14:paraId="68550BD9" w14:textId="77777777" w:rsidR="00F26BE4" w:rsidRPr="00923A68" w:rsidRDefault="00F26BE4" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="31CAB336" w14:textId="6CD0C093" w:rsidR="007165E4" w:rsidRDefault="007165E4" w:rsidP="007165E4">
+    <w:p w14:paraId="31CAB336" w14:textId="6CD0C093" w:rsidR="007165E4" w:rsidRPr="00923A68" w:rsidRDefault="007165E4" w:rsidP="007165E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00235D01" w:rsidRPr="00235D01">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00235D01" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Preenchimento pelos autores, aplicável apenas à versão com identificação</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D174534" w14:textId="783C1417" w:rsidR="00405BCC" w:rsidRPr="002A1C6F" w:rsidRDefault="00405BCC" w:rsidP="00DD5498">
+    <w:p w14:paraId="5D174534" w14:textId="783C1417" w:rsidR="00405BCC" w:rsidRPr="00923A68" w:rsidRDefault="00405BCC" w:rsidP="00DD5498">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:textDirection w:val="btLr"/>
         <w:textAlignment w:val="top"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="002A1C6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">Informações </w:t>
       </w:r>
-      <w:r w:rsidR="00991C5C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidR="00991C5C" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
         </w:rPr>
         <w:t>c</w:t>
       </w:r>
-      <w:r w:rsidRPr="002A1C6F">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:position w:val="-1"/>
         </w:rPr>
         <w:t>omplementares</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tabelacomgrade"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="846"/>
         <w:gridCol w:w="2977"/>
         <w:gridCol w:w="5238"/>
       </w:tblGrid>
-      <w:tr w:rsidR="002D21CC" w14:paraId="7049E848" w14:textId="2C1BDCAC" w:rsidTr="002D21CC">
+      <w:tr w:rsidR="002D21CC" w:rsidRPr="00923A68" w14:paraId="7049E848" w14:textId="2C1BDCAC" w:rsidTr="002D21CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="6E3487C8" w14:textId="71B82385" w:rsidR="002D21CC" w:rsidRPr="00405BCC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="6E3487C8" w14:textId="71B82385" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Descrição</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
           </w:tcPr>
-          <w:p w14:paraId="43ED8E6C" w14:textId="784EC2AC" w:rsidR="002D21CC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="43ED8E6C" w14:textId="784EC2AC" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="center"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Declaração</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D21CC" w14:paraId="476AFD83" w14:textId="283396E7" w:rsidTr="002D21CC">
+      <w:tr w:rsidR="002D21CC" w:rsidRPr="00923A68" w14:paraId="476AFD83" w14:textId="283396E7" w:rsidTr="002D21CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B5217E1" w14:textId="0E941E44" w:rsidR="002D21CC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="6B5217E1" w14:textId="0E941E44" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="222222"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Financiamento</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5E30D1CA" w14:textId="2F2EB3FC" w:rsidR="002D21CC" w:rsidRPr="00405BCC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="5E30D1CA" w14:textId="2F2EB3FC" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Não se aplica</w:t>
+              <w:t>Não se aplica.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D21CC" w14:paraId="5DF0C6AF" w14:textId="64F1370F" w:rsidTr="002D21CC">
+      <w:tr w:rsidR="002D21CC" w:rsidRPr="00923A68" w14:paraId="5DF0C6AF" w14:textId="64F1370F" w:rsidTr="002D21CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="424B4DB4" w14:textId="2C4A480A" w:rsidR="002D21CC" w:rsidRPr="00405BCC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="424B4DB4" w14:textId="2C4A480A" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Aprovação ética</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="14DA2EF7" w14:textId="65712CE7" w:rsidR="002D21CC" w:rsidRPr="00405BCC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="14DA2EF7" w14:textId="65712CE7" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Não se aplica</w:t>
+              <w:t>Não se aplica.</w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...8 lines deleted...]
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> (especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002D21CC" w14:paraId="09B8B236" w14:textId="6566F93A" w:rsidTr="002D21CC">
+      <w:tr w:rsidR="002D21CC" w:rsidRPr="00923A68" w14:paraId="09B8B236" w14:textId="6566F93A" w:rsidTr="002D21CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="1A09EC3D" w14:textId="5F492F16" w:rsidR="002D21CC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="1A09EC3D" w14:textId="5F492F16" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="222222"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Conflito de interesses</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3A74247A" w14:textId="11DAB37A" w:rsidR="002D21CC" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
+          <w:p w14:paraId="3A74247A" w14:textId="11DAB37A" w:rsidR="002D21CC" w:rsidRPr="00923A68" w:rsidRDefault="002D21CC" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t>Não há.</w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC7A63" w14:paraId="2A20B8F7" w14:textId="77777777" w:rsidTr="002D21CC">
+      <w:tr w:rsidR="00EC7A63" w:rsidRPr="00923A68" w14:paraId="2A20B8F7" w14:textId="77777777" w:rsidTr="002D21CC">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3823" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="21A72798" w14:textId="38076FDE" w:rsidR="00EC7A63" w:rsidRPr="00405BCC" w:rsidRDefault="00EC7A63" w:rsidP="002D21CC">
+          <w:p w14:paraId="21A72798" w14:textId="38076FDE" w:rsidR="00EC7A63" w:rsidRPr="00923A68" w:rsidRDefault="00EC7A63" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923A68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Disponibilidade dos dados de pesquisa subjacentes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5238" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A6B2A9" w14:textId="01BA0871" w:rsidR="00EC7A63" w:rsidRPr="00923A68" w:rsidRDefault="00EC7A63" w:rsidP="002D21CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00923A68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>Sim ou não. Em caso positivo, informar onde se encontra os dados.</w:t>
+            </w:r>
+            <w:r w:rsidR="00240392">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008C6C68" w:rsidRPr="00923A68" w14:paraId="5BA5A570" w14:textId="77777777" w:rsidTr="002D21CC">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3823" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="54519CE6" w14:textId="74E84D16" w:rsidR="008C6C68" w:rsidRPr="00923A68" w:rsidRDefault="008C6C68" w:rsidP="002D21CC">
+            <w:pPr>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>D</w:t>
-[...8 lines deleted...]
-              <w:t>isponibilidade dos dados de pesquisa subjacentes</w:t>
+              <w:t>Uso de Inteligência Artificial</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24A6B2A9" w14:textId="2DBAEF4D" w:rsidR="00EC7A63" w:rsidRDefault="00EC7A63" w:rsidP="002D21CC">
+          <w:p w14:paraId="59FD0B41" w14:textId="0B7B409A" w:rsidR="008C6C68" w:rsidRPr="00923A68" w:rsidRDefault="006A4D3C" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Aptos" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w14:ligatures w14:val="standardContextual"/>
               </w:rPr>
-              <w:t>Sim ou não. Em caso positivo, informar onde se encontra os dados.</w:t>
+              <w:t>Não há</w:t>
+            </w:r>
+            <w:r w:rsidR="006D21AC">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Aptos" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w14:ligatures w14:val="standardContextual"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00923A68">
+              <w:rPr>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+                <w:position w:val="-1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3510" w14:paraId="4F184883" w14:textId="3CE3261A" w:rsidTr="00361467">
+      <w:tr w:rsidR="00AE3510" w:rsidRPr="00923A68" w14:paraId="4F184883" w14:textId="3CE3261A" w:rsidTr="00361467">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0D997120" w14:textId="1D2BC087" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
+          <w:p w14:paraId="0D997120" w14:textId="1D2BC087" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:proofErr w:type="spellStart"/>
-            <w:r w:rsidRPr="00405BCC">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Credi</w:t>
-[...8 lines deleted...]
-              <w:t>T</w:t>
+              <w:t>CrediT</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5295923E" w14:textId="5FBAC584" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
+          <w:p w14:paraId="5295923E" w14:textId="5FBAC584" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nome do Autor 1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="713986FD" w14:textId="477DE5B2" w:rsidR="00AE3510" w:rsidRDefault="00EC551C" w:rsidP="002D21CC">
+          <w:p w14:paraId="713986FD" w14:textId="477DE5B2" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00EC551C" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Funções: (especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3510" w14:paraId="4E023598" w14:textId="77777777" w:rsidTr="00361467">
+      <w:tr w:rsidR="00AE3510" w:rsidRPr="00923A68" w14:paraId="4E023598" w14:textId="77777777" w:rsidTr="00361467">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3765245B" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
+          <w:p w14:paraId="3765245B" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3E308895" w14:textId="1B38429B" w:rsidR="00AE3510" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
+          <w:p w14:paraId="3E308895" w14:textId="1B38429B" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Nome do Autor 2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="66F48794" w14:textId="6E984F54" w:rsidR="00AE3510" w:rsidRDefault="00EF5383" w:rsidP="002D21CC">
+          <w:p w14:paraId="66F48794" w14:textId="6E984F54" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00EF5383" w:rsidP="002D21CC">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3510" w14:paraId="54D0A6AE" w14:textId="77777777" w:rsidTr="00361467">
+      <w:tr w:rsidR="00AE3510" w:rsidRPr="00923A68" w14:paraId="54D0A6AE" w14:textId="77777777" w:rsidTr="00361467">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="3D4C3FA3" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="3D4C3FA3" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="31323059" w14:textId="113546A3" w:rsidR="00AE3510" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="31323059" w14:textId="113546A3" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F5056C">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nome do Autor </w:t>
-[...7 lines deleted...]
-              <w:t>3</w:t>
+              <w:t>Nome do Autor 3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6D75A1E4" w14:textId="64282FDE" w:rsidR="00AE3510" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
+          <w:p w14:paraId="6D75A1E4" w14:textId="64282FDE" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3510" w14:paraId="32E3059A" w14:textId="77777777" w:rsidTr="00361467">
+      <w:tr w:rsidR="00AE3510" w:rsidRPr="00923A68" w14:paraId="32E3059A" w14:textId="77777777" w:rsidTr="00361467">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="2345E0CB" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="2345E0CB" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACD8777" w14:textId="0DEB56B3" w:rsidR="00AE3510" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="4ACD8777" w14:textId="0DEB56B3" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F5056C">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nome do Autor </w:t>
-[...7 lines deleted...]
-              <w:t>4</w:t>
+              <w:t>Nome do Autor 4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49D2B127" w14:textId="74C13648" w:rsidR="00AE3510" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
+          <w:p w14:paraId="49D2B127" w14:textId="74C13648" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AE3510" w14:paraId="33A427CE" w14:textId="77777777" w:rsidTr="00361467">
+      <w:tr w:rsidR="00AE3510" w:rsidRPr="00923A68" w14:paraId="33A427CE" w14:textId="77777777" w:rsidTr="00361467">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="846" w:type="dxa"/>
             <w:vMerge/>
           </w:tcPr>
-          <w:p w14:paraId="58CA55CD" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00405BCC" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="58CA55CD" w14:textId="77777777" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2977" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="654A819F" w14:textId="2AA4B18F" w:rsidR="00AE3510" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
+          <w:p w14:paraId="654A819F" w14:textId="2AA4B18F" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00AE3510" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F5056C">
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">Nome do Autor </w:t>
-[...7 lines deleted...]
-              <w:t>5</w:t>
+              <w:t>Nome do Autor 5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5238" w:type="dxa"/>
             <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="765B9D08" w14:textId="334C51CE" w:rsidR="00AE3510" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
+          <w:p w14:paraId="765B9D08" w14:textId="334C51CE" w:rsidR="00AE3510" w:rsidRPr="00923A68" w:rsidRDefault="00EF5383" w:rsidP="00AE3510">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">Funções: </w:t>
             </w:r>
-            <w:r w:rsidR="00EC551C">
+            <w:r w:rsidR="00EC551C" w:rsidRPr="00923A68">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
                 <w:position w:val="-1"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>(especificar conforme declarado)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="28E56421" w14:textId="77777777" w:rsidR="009E391A" w:rsidRDefault="009E391A" w:rsidP="009E391A">
+    <w:p w14:paraId="28E56421" w14:textId="77777777" w:rsidR="009E391A" w:rsidRPr="00DD19C3" w:rsidRDefault="009E391A" w:rsidP="009E391A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30FACBD6" w14:textId="77777777" w:rsidR="00772199" w:rsidRDefault="009E391A" w:rsidP="00413294">
+    <w:p w14:paraId="30FACBD6" w14:textId="77777777" w:rsidR="00772199" w:rsidRPr="00DD19C3" w:rsidRDefault="009E391A" w:rsidP="00413294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidRPr="0021235E">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Preenchimento pela equipe editorial</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="638E024E" w14:textId="2B713494" w:rsidR="00413294" w:rsidRDefault="00413294" w:rsidP="00413294">
+    <w:p w14:paraId="638E024E" w14:textId="2B713494" w:rsidR="00413294" w:rsidRPr="00DD19C3" w:rsidRDefault="00413294" w:rsidP="00413294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>Avaliador</w:t>
       </w:r>
-      <w:r w:rsidR="000D2B6A">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="000D2B6A" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>es</w:t>
       </w:r>
-      <w:r>
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AF73A9">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00AF73A9" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59FB5ED9" w14:textId="2EA1D877" w:rsidR="00413294" w:rsidRPr="000145E0" w:rsidRDefault="00413294" w:rsidP="00413294">
+    <w:p w14:paraId="59FB5ED9" w14:textId="2EA1D877" w:rsidR="00413294" w:rsidRPr="00DD19C3" w:rsidRDefault="00413294" w:rsidP="00413294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>Revisor d</w:t>
       </w:r>
-      <w:r w:rsidR="00F27747">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00F27747" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t xml:space="preserve"> texto em português:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B7295FB" w14:textId="4FBCD18C" w:rsidR="00413294" w:rsidRPr="000145E0" w:rsidRDefault="00413294" w:rsidP="00413294">
+    <w:p w14:paraId="1B7295FB" w14:textId="4FBCD18C" w:rsidR="00413294" w:rsidRPr="00DD19C3" w:rsidRDefault="00413294" w:rsidP="00413294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:iCs/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Revisor</w:t>
       </w:r>
-      <w:r w:rsidR="00121CD8">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00121CD8" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="00F27747">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00F27747" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="222222"/>
         </w:rPr>
         <w:t xml:space="preserve"> texto em inglês:</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F08E49" w14:textId="19BFCB11" w:rsidR="00413294" w:rsidRPr="000145E0" w:rsidRDefault="00413294" w:rsidP="00413294">
+    <w:p w14:paraId="15F08E49" w14:textId="19BFCB11" w:rsidR="00413294" w:rsidRPr="00DD19C3" w:rsidRDefault="00413294" w:rsidP="00413294">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>Revisor</w:t>
       </w:r>
-      <w:r w:rsidR="00121CD8">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00121CD8" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
-      <w:r w:rsidR="00F27747">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidR="00F27747" w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
-      <w:r w:rsidRPr="000145E0">
-[...3 lines deleted...]
-          <w:iCs/>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> texto em espanhol:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B46F22" w14:textId="77777777" w:rsidR="00AE7FF5" w:rsidRPr="000145E0" w:rsidRDefault="00AE7FF5" w:rsidP="00B544FB">
+    <w:p w14:paraId="21B46F22" w14:textId="7D7D7308" w:rsidR="00AE7FF5" w:rsidRDefault="005276C4" w:rsidP="00B544FB">
       <w:pPr>
         <w:pStyle w:val="SitioNovoCitacao"/>
         <w:ind w:left="0"/>
         <w:rPr>
-          <w:rFonts w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00AE7FF5" w:rsidRPr="000145E0" w:rsidSect="00444D69">
+    <w:sectPr w:rsidR="00AE7FF5" w:rsidSect="00444D69">
       <w:headerReference w:type="default" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
       <w:pgMar w:top="1701" w:right="1134" w:bottom="1134" w:left="1701" w:header="0" w:footer="499" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="79838C83" w14:textId="77777777" w:rsidR="008F50C1" w:rsidRDefault="008F50C1" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="3660483D" w14:textId="77777777" w:rsidR="003C626F" w:rsidRDefault="003C626F" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="44C51234" w14:textId="77777777" w:rsidR="008F50C1" w:rsidRDefault="008F50C1" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="35E02FC4" w14:textId="77777777" w:rsidR="003C626F" w:rsidRDefault="003C626F" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblStyle w:val="Tabelacomgrade"/>
-      <w:tblW w:w="9073" w:type="dxa"/>
+      <w:tblW w:w="9187" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:tblBorders>
       <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
     </w:tblPr>
     <w:tblGrid>
-      <w:gridCol w:w="1543"/>
+      <w:gridCol w:w="1528"/>
       <w:gridCol w:w="238"/>
-      <w:gridCol w:w="845"/>
-[...4 lines deleted...]
-      <w:gridCol w:w="1692"/>
+      <w:gridCol w:w="883"/>
+      <w:gridCol w:w="753"/>
+      <w:gridCol w:w="650"/>
+      <w:gridCol w:w="1449"/>
+      <w:gridCol w:w="1559"/>
+      <w:gridCol w:w="2127"/>
     </w:tblGrid>
-    <w:tr w:rsidR="00A37847" w14:paraId="5B96E14C" w14:textId="77777777" w:rsidTr="000B4481">
+    <w:tr w:rsidR="00A37847" w:rsidRPr="0028200C" w14:paraId="5B96E14C" w14:textId="77777777" w:rsidTr="00E22B63">
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1543" w:type="dxa"/>
+          <w:tcW w:w="1528" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="394A7DC9" w14:textId="77777777" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
+        <w:p w14:paraId="394A7DC9" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00A37847" w:rsidP="00DD4F30">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:ind w:hanging="113"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>Rev. Sítio Novo</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="238" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="79C855A4" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="007B1828" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="79C855A4" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="845" w:type="dxa"/>
+          <w:tcW w:w="883" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="158A7BAD" w14:textId="77777777" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00A37847">
+        <w:p w14:paraId="158A7BAD" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00A37847" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>Palmas</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="643" w:type="dxa"/>
+          <w:tcW w:w="753" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="7CB76280" w14:textId="28EBC81B" w:rsidR="00A37847" w:rsidRDefault="00AD1DAC" w:rsidP="00A37847">
+        <w:p w14:paraId="7CB76280" w14:textId="6EA6F342" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00AD1DAC" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
-            <w:t>v. x</w:t>
+            <w:t xml:space="preserve">v. </w:t>
           </w:r>
+          <w:proofErr w:type="spellStart"/>
+          <w:r w:rsidR="00E22B63">
+            <w:rPr>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+              <w:sz w:val="20"/>
+              <w:szCs w:val="20"/>
+              <w:lang w:eastAsia="pt-BR"/>
+            </w:rPr>
+            <w:t>xx</w:t>
+          </w:r>
+          <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="616" w:type="dxa"/>
+          <w:tcW w:w="650" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="224AD3B8" w14:textId="2E5698CD" w:rsidR="00A37847" w:rsidRDefault="009745EA" w:rsidP="00A37847">
+        <w:p w14:paraId="224AD3B8" w14:textId="2E5698CD" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="009745EA" w:rsidP="00A37847">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>202</w:t>
           </w:r>
-          <w:r w:rsidR="00E52691">
+          <w:r w:rsidR="00E52691" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>x</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1218" w:type="dxa"/>
+          <w:tcW w:w="1449" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="2BA90034" w14:textId="4562A792" w:rsidR="00A37847" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="2BA90034" w14:textId="730C2742" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00A37847" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
-          <w:r w:rsidRPr="009934BC">
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t xml:space="preserve">p. </w:t>
           </w:r>
-          <w:r w:rsidR="008536B3" w:rsidRPr="00B11CDB">
+          <w:r w:rsidR="008536B3" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
-          <w:r w:rsidR="008536B3" w:rsidRPr="00B11CDB">
+          <w:r w:rsidR="008536B3" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:instrText>PAGE  \* Arabic  \* MERGEFORMAT</w:instrText>
           </w:r>
-          <w:r w:rsidR="008536B3" w:rsidRPr="00B11CDB">
+          <w:r w:rsidR="008536B3" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
-          <w:r w:rsidR="00834F14">
+          <w:r w:rsidR="00834F14" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:noProof/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>1</w:t>
           </w:r>
-          <w:r w:rsidR="008536B3" w:rsidRPr="00B11CDB">
+          <w:r w:rsidR="008536B3" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:fldChar w:fldCharType="end"/>
           </w:r>
-          <w:r w:rsidR="000740E1">
+          <w:r w:rsidR="000740E1" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t xml:space="preserve"> de </w:t>
           </w:r>
-          <w:r w:rsidR="00D1461C">
+          <w:r w:rsidR="007909D2">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:bCs/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
-            <w:t>5</w:t>
+            <w:t>6</w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="2278" w:type="dxa"/>
+          <w:tcW w:w="1559" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0D7993E0" w14:textId="1EC682F9" w:rsidR="00A37847" w:rsidRDefault="00A5332E" w:rsidP="00AD1DAC">
+        <w:p w14:paraId="0D7993E0" w14:textId="1EC682F9" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00A5332E" w:rsidP="00AD1DAC">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
           </w:pPr>
           <w:proofErr w:type="spellStart"/>
-          <w:r>
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>exxxx</w:t>
           </w:r>
           <w:proofErr w:type="spellEnd"/>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
-          <w:tcW w:w="1692" w:type="dxa"/>
+          <w:tcW w:w="2127" w:type="dxa"/>
         </w:tcPr>
-        <w:p w14:paraId="0C2AA8B5" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="00E3382B" w:rsidRDefault="00DD5F21" w:rsidP="00DD5F21">
+        <w:p w14:paraId="0C2AA8B5" w14:textId="77777777" w:rsidR="00A37847" w:rsidRPr="0028200C" w:rsidRDefault="00DD5F21" w:rsidP="00DD5F21">
           <w:pPr>
             <w:spacing w:before="100" w:beforeAutospacing="1" w:line="256" w:lineRule="auto"/>
             <w:ind w:right="-56" w:hanging="159"/>
             <w:jc w:val="right"/>
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
             </w:rPr>
           </w:pPr>
-          <w:r>
+          <w:r w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>e-</w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>ISSN:</w:t>
           </w:r>
-          <w:r w:rsidR="00EC3B34">
+          <w:r w:rsidR="00EC3B34" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t xml:space="preserve"> </w:t>
           </w:r>
-          <w:r w:rsidR="00407C04" w:rsidRPr="00407C04">
+          <w:r w:rsidR="00407C04" w:rsidRPr="0028200C">
             <w:rPr>
-              <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+              <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
               <w:color w:val="000000"/>
               <w:sz w:val="20"/>
               <w:szCs w:val="20"/>
               <w:lang w:eastAsia="pt-BR"/>
             </w:rPr>
             <w:t>2594-7036</w:t>
           </w:r>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
-  <w:p w14:paraId="464E0DA1" w14:textId="77777777" w:rsidR="00A745B7" w:rsidRPr="000175DF" w:rsidRDefault="00A745B7" w:rsidP="00D80472">
+  <w:p w14:paraId="464E0DA1" w14:textId="77777777" w:rsidR="00A745B7" w:rsidRPr="0028200C" w:rsidRDefault="00A745B7" w:rsidP="0028200C">
     <w:pPr>
       <w:pStyle w:val="Rodap"/>
       <w:spacing w:line="257" w:lineRule="auto"/>
       <w:rPr>
-        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="363F783E" w14:textId="77777777" w:rsidR="008F50C1" w:rsidRDefault="008F50C1" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="079D2A7D" w14:textId="77777777" w:rsidR="003C626F" w:rsidRDefault="003C626F" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="34DFE4FF" w14:textId="77777777" w:rsidR="008F50C1" w:rsidRDefault="008F50C1" w:rsidP="00AE7FF5">
+    <w:p w14:paraId="7AFF077C" w14:textId="77777777" w:rsidR="003C626F" w:rsidRDefault="003C626F" w:rsidP="00AE7FF5">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="62CC2227" w14:textId="0F846B2B" w:rsidR="00847A03" w:rsidRPr="00A745B7" w:rsidRDefault="00847A03" w:rsidP="00A159BC">
+    <w:p w14:paraId="62CC2227" w14:textId="02046419" w:rsidR="00847A03" w:rsidRPr="002B7981" w:rsidRDefault="00847A03" w:rsidP="00A159BC">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A745B7">
+      <w:bookmarkStart w:id="0" w:name="_Hlk213225320"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A745B7">
+      <w:r w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A159BC">
-[...28 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Titulação e instituição formadora. Vínculo institucional (incluir cargo/função, departamento, além do nome da instituição. Exemplo: Professor </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1561">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Associado I </w:t>
+      </w:r>
+      <w:r w:rsidR="001E1D6A">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>da área</w:t>
+      </w:r>
+      <w:r w:rsidR="0048162C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de Medicina do </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED07B4" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Departamento de Pediatria</w:t>
+      </w:r>
+      <w:r w:rsidR="00831794">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> da</w:t>
+      </w:r>
+      <w:r w:rsidR="0048162C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D67929">
-        <w:rPr>
+      <w:r w:rsidR="0048162C" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Faculdade de Medicina</w:t>
+      </w:r>
+      <w:r w:rsidR="0048162C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a Universidade </w:t>
+      </w:r>
+      <w:r w:rsidR="00507CFD">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Tal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>). Cidade, estado e país.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3F33FA49" wp14:editId="481596BD">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7839D4BD" wp14:editId="5DA34960">
             <wp:extent cx="120650" cy="120650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="2006205328" name="Imagem 1"/>
+            <wp:docPr id="993062217" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId1">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120650" cy="120650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
-        <w:r w:rsidR="002437B8" w:rsidRPr="00997660">
+        <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>fulanadetal@ifto.edu.br</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00FF163A">
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002437B8" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="2C61E5F9" wp14:editId="42C05151">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5C42C54F" wp14:editId="089854F3">
             <wp:extent cx="123825" cy="123825"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="1135701751" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+            <wp:docPr id="148923969" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1253637208" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId3" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="123825" cy="123825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:hyperlink r:id="rId4" w:history="1">
-        <w:r w:rsidR="002437B8" w:rsidRPr="0012224D">
+        <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B44BEB" w:rsidRPr="00B44BEB">
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002437B8" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="66FC6B80" wp14:editId="7CB4F233">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="56FF9B4F" wp14:editId="26F605E9">
             <wp:extent cx="120549" cy="122400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="905026421" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
+            <wp:docPr id="869497368" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="15523919" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120549" cy="122400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="002437B8" w:rsidRPr="000443A4">
-        <w:rPr>
+      <w:hyperlink r:id="rId6" w:history="1">
+        <w:r w:rsidR="00F5453F" w:rsidRPr="00870786">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://lattes.cnpq.br/0000000000000000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>http://lattes.cnpq.br/</w:t>
-[...7 lines deleted...]
-        <w:t>0000000000000000.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="4C471AFE" w14:textId="7B525521" w:rsidR="00847A03" w:rsidRDefault="00847A03" w:rsidP="00834F14">
+    <w:p w14:paraId="4C471AFE" w14:textId="391803A1" w:rsidR="00847A03" w:rsidRPr="002B7981" w:rsidRDefault="00847A03" w:rsidP="00834F14">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A745B7">
+      <w:r w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A745B7">
+      <w:r w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B31FE1">
-[...43 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Titulação e instituição formadora. Vínculo institucional (incluir cargo/função, departamento, além do nome da instituição. </w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Deve-se incluir até três níveis. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Exemplo: Professor </w:t>
+      </w:r>
+      <w:r w:rsidR="00D71F12">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de História </w:t>
+      </w:r>
+      <w:r w:rsidR="0021764D">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>do Ensino Básico, Técnico e Tec</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1561">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">nológico </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6792">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>do</w:t>
+      </w:r>
+      <w:r w:rsidR="00C74724">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B400B7">
-[...3 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="004651A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="004651A6" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epartamento </w:t>
+      </w:r>
+      <w:r w:rsidR="004651A6">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tal </w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">do </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74724">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Campus Fulano, do</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6792">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Instituto </w:t>
+      </w:r>
+      <w:r w:rsidR="00C74724">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Federal </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB6792">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Tal</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>). Cidade, estado e país.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00D67929">
-        <w:rPr>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="41507FFA" wp14:editId="484A620D">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="091689F0" wp14:editId="40B66386">
             <wp:extent cx="120650" cy="120650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="256711050" name="Imagem 1"/>
+            <wp:docPr id="650910801" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId1">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120650" cy="120650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:hyperlink r:id="rId6" w:history="1">
-        <w:r w:rsidR="00413B8F" w:rsidRPr="00997660">
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="002F6D4F" w:rsidRPr="0017781C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
-          <w:t>fulanadetal@ifto.edu.br</w:t>
+          <w:t>fulanodetal@ifto.edu.br</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00B44BEB">
-[...1 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A25815" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4CB91B67" wp14:editId="396200E1">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="3014F362" wp14:editId="2EC9B910">
             <wp:extent cx="123825" cy="123825"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="1253637208" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+            <wp:docPr id="434508583" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1253637208" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId3" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="123825" cy="123825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:hyperlink r:id="rId7" w:history="1">
-        <w:r w:rsidR="00834F14" w:rsidRPr="0012224D">
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00834F14" w:rsidRPr="00D67929">
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D5963" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16C1C9EA" wp14:editId="166AD53A">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0BCD7913" wp14:editId="64AA94B5">
             <wp:extent cx="120549" cy="122400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="15523919" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
+            <wp:docPr id="36447454" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="15523919" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120549" cy="122400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="000443A4" w:rsidRPr="000443A4">
-        <w:rPr>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="00870786" w:rsidRPr="00870786">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://lattes.cnpq.br/0000000000000000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00F5453F" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
-        <w:t>http://lattes.cnpq.br/</w:t>
-[...7 lines deleted...]
-        <w:t>0000000000000000.</w:t>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="5EE36088" w14:textId="359C619B" w:rsidR="008B6FCD" w:rsidRDefault="008B6FCD" w:rsidP="00834F14">
+    <w:p w14:paraId="5EE36088" w14:textId="5035F2EA" w:rsidR="008B6FCD" w:rsidRPr="002B7981" w:rsidRDefault="008B6FCD" w:rsidP="00834F14">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
         <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00A745B7">
+      <w:r w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Refdenotaderodap"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00A745B7">
+      <w:r w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC067A">
-[...22 lines deleted...]
-          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+      <w:r w:rsidR="00CA1561" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Titulação e instituição formadora. Vínculo </w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>(incluir cargo/função, departamento, além do nome da instituição. Exemplo: Professor</w:t>
+      </w:r>
+      <w:r w:rsidR="00496050">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EC067A">
-[...12 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000673F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">de </w:t>
+      </w:r>
+      <w:r w:rsidR="00496050">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Pedagogia</w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> do Ensino Básico, Técnico e Tecnológico do D</w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve">epartamento </w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>Tal do Campus Fulano, do Instituto Federal Tal</w:t>
+      </w:r>
+      <w:r w:rsidR="000673F4" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t>).</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA1561" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Cidade, estado e país.</w:t>
+      </w:r>
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="073A9953" wp14:editId="6E18A957">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="50E088AE" wp14:editId="50E863A9">
             <wp:extent cx="120650" cy="120650"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1005615540" name="Imagem 1"/>
+            <wp:docPr id="661313256" name="Imagem 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId1">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120650" cy="120650"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="00C42A90" w:rsidRPr="00997660">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>fulanadetal@ifto.edu.br</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D67929">
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000443A4" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="29FBFC2B" wp14:editId="4305D5D0">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7E442C2C" wp14:editId="185F95C3">
             <wp:extent cx="123825" cy="123825"/>
             <wp:effectExtent l="0" t="0" r="9525" b="9525"/>
-            <wp:docPr id="1182527301" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
+            <wp:docPr id="1192346949" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1253637208" name="Imagem 7" descr="Ícone&#10;&#10;O conteúdo gerado por IA pode estar incorreto."/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId3" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="123825" cy="123825"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="007B3EFD" w:rsidRPr="00362C74">
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:rPr>
           <w:t>https://orcid.org/0000-0000-0000-0000</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00513D25" w:rsidRPr="00513D25">
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:u w:val="none"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000443A4" w:rsidRPr="00430F42">
-        <w:rPr>
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:noProof/>
         </w:rPr>
         <w:drawing>
-          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="51E85E62" wp14:editId="5A79BCED">
+          <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="26012465" wp14:editId="14DE0645">
             <wp:extent cx="120549" cy="122400"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
-            <wp:docPr id="1018048827" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
+            <wp:docPr id="1539123999" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="15523919" name="Imagem 9" descr="lattes-icon — Universidade Federal do Acre Centro de Ciências da Saúde e do  Desporto"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId5" cstate="print">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="120549" cy="122400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln>
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
-      <w:r w:rsidR="000443A4" w:rsidRPr="000443A4">
-[...16 lines deleted...]
-        <w:rPr>
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00870786" w:rsidRPr="00870786">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          </w:rPr>
+          <w:t>http://lattes.cnpq.br/0000000000000000</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00856820" w:rsidRPr="002B7981">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="0563C1" w:themeColor="hyperlink"/>
           <w:u w:val="single"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6D394D7F" w14:textId="6A2F847D" w:rsidR="00AE7FF5" w:rsidRDefault="00A75A5B" w:rsidP="007575C0">
     <w:pPr>
       <w:pStyle w:val="Corpodetexto"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="7707"/>
       </w:tabs>
       <w:spacing w:before="0" w:line="14" w:lineRule="auto"/>
       <w:ind w:left="0" w:firstLine="0"/>
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
-            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BFA9D08" wp14:editId="3BCB7CE6">
+            <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251664384" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3BFA9D08" wp14:editId="6D4F0109">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
-                <wp:posOffset>-90487</wp:posOffset>
+                <wp:posOffset>-89535</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
-                <wp:posOffset>760413</wp:posOffset>
+                <wp:posOffset>762000</wp:posOffset>
               </wp:positionV>
-              <wp:extent cx="1352550" cy="304800"/>
+              <wp:extent cx="1468120" cy="304800"/>
               <wp:effectExtent l="0" t="0" r="0" b="0"/>
               <wp:wrapNone/>
               <wp:docPr id="1858295665" name="Caixa de Texto 2"/>
               <wp:cNvGraphicFramePr/>
               <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                 <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
                   <wps:wsp>
                     <wps:cNvSpPr txBox="1"/>
                     <wps:spPr>
                       <a:xfrm>
                         <a:off x="0" y="0"/>
-                        <a:ext cx="1352550" cy="304800"/>
+                        <a:ext cx="1468120" cy="304800"/>
                       </a:xfrm>
                       <a:prstGeom prst="rect">
                         <a:avLst/>
                       </a:prstGeom>
                       <a:noFill/>
                       <a:ln w="6350">
                         <a:noFill/>
                       </a:ln>
                     </wps:spPr>
                     <wps:txbx>
                       <w:txbxContent>
-                        <w:p w14:paraId="6D2CC932" w14:textId="1B690557" w:rsidR="00A75A5B" w:rsidRPr="00A868BD" w:rsidRDefault="00A75A5B" w:rsidP="00AF0345">
+                        <w:p w14:paraId="6D2CC932" w14:textId="1B690557" w:rsidR="00A75A5B" w:rsidRPr="0028200C" w:rsidRDefault="00A75A5B" w:rsidP="00AF0345">
                           <w:pPr>
                             <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                           </w:pPr>
-                          <w:r w:rsidRPr="00A868BD">
+                          <w:r w:rsidRPr="0028200C">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t xml:space="preserve">Artigo </w:t>
                           </w:r>
-                          <w:r w:rsidR="00BA4148" w:rsidRPr="00BA4148">
+                          <w:r w:rsidR="00BA4148" w:rsidRPr="0028200C">
                             <w:rPr>
-                              <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                              <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                               <w:b/>
                               <w:bCs/>
                               <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                               <w:sz w:val="24"/>
                               <w:szCs w:val="24"/>
                             </w:rPr>
                             <w:t>Científico</w:t>
                           </w:r>
                         </w:p>
                       </w:txbxContent>
                     </wps:txbx>
                     <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
                       <a:prstTxWarp prst="textNoShape">
                         <a:avLst/>
                       </a:prstTxWarp>
                       <a:noAutofit/>
                     </wps:bodyPr>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback>
           <w:pict>
             <v:shapetype w14:anchorId="3BFA9D08" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
               <v:stroke joinstyle="miter"/>
               <v:path gradientshapeok="t" o:connecttype="rect"/>
             </v:shapetype>
-            <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.1pt;margin-top:59.9pt;width:106.5pt;height:24pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf3YA3FQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tuGyEQfa/Uf0C817u+pYnldeQmclXJ&#10;SiI5VZ4xC96VgKGAvet+fQd2fWnap6ovMDDDXM45zO9brchBOF+DKehwkFMiDIeyNruCfn9dfbql&#10;xAdmSqbAiIIehaf3i48f5o2diRFUoErhCCYxftbYglYh2FmWeV4JzfwArDDolOA0C3h0u6x0rMHs&#10;WmWjPL/JGnCldcCF93j72DnpIuWXUvDwLKUXgaiCYm8hrS6t27hmizmb7RyzVc37Ntg/dKFZbbDo&#10;OdUjC4zsXf1HKl1zBx5kGHDQGUhZc5FmwGmG+btpNhWzIs2C4Hh7hsn/v7T86bCxL46E9gu0SGAE&#10;pLF+5vEyztNKp+OOnRL0I4THM2yiDYTHR+PpaDpFF0ffOJ/c5gnX7PLaOh++CtAkGgV1SEtCix3W&#10;PmBFDD2FxGIGVrVSiRplSFPQmzGm/82DL5TBh5deoxXabdsPsIXyiHM56Cj3lq9qLL5mPrwwhxxj&#10;v6jb8IyLVIBFoLcoqcD9/Nt9jEfo0UtJg5opqP+xZ05Qor4ZJOVuOJlEkaXDZPp5hAd37dlee8xe&#10;PwDKcog/xPJkxvigTqZ0oN9Q3stYFV3McKxd0HAyH0KnZPweXCyXKQhlZVlYm43lMXUELUL72r4x&#10;Z3v8AzL3BCd1sdk7GrrYDu7lPoCsE0cR4A7VHneUZKKu/z5R89fnFHX55ItfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAFr4EnuEAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fon&#10;EZQ0xKmqSBUSgkNLL9w28TaJiO0Qu23g69meym1WM5p9k68m04sTjb5zVkE8j0CQrZ3ubKNg/7GZ&#10;pSB8QKuxd5YU/JCHVXF7k2Om3dlu6bQLjeAS6zNU0IYwZFL6uiWDfu4Gsuwd3Ggw8Dk2Uo945nLT&#10;yySKFtJgZ/lDiwOVLdVfu6NR8Fpu3nFbJSb97cuXt8N6+N5/Pip1fzetn0EEmsI1DBd8RoeCmSp3&#10;tNqLXsEsfkg4yka85A2XxDJlUbFYPKUgi1z+31D8AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAN/dgDcVAgAALAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhABa+BJ7hAAAACwEAAA8AAAAAAAAAAAAAAAAAbwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" filled="f" stroked="f" strokeweight=".5pt">
+            <v:shape id="Caixa de Texto 2" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:-7.05pt;margin-top:60pt;width:115.6pt;height:24pt;z-index:251664384;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBwvpcYFQIAACwEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+ykaZZZcaqsVaZJ&#10;VVspnfpMMMSWgMuAxM5+/S7Y+VC3p2kv+OL7fc5hcddpRQ7C+QZMScejnBJhOFSN2ZX0x+v605wS&#10;H5ipmAIjSnoUnt4tP35YtLYQE6hBVcIRLGJ80dqS1iHYIss8r4VmfgRWGHRKcJoFvLpdVjnWYnWt&#10;skmez7IWXGUdcOE9/n3onXSZ6kspeHiW0otAVElxtpBOl85tPLPlghU7x2zd8GEM9g9TaNYYbHou&#10;9cACI3vX/FFKN9yBBxlGHHQGUjZcpB1wm3H+bptNzaxIuyA43p5h8v+vLH86bOyLI6H7Ch0SGAFp&#10;rS88/oz7dNLp+MVJCfoRwuMZNtEFwmPSdDYfT9DF0XeTT+d5wjW7ZFvnwzcBmkSjpA5pSWixw6MP&#10;2BFDTyGxmYF1o1SiRhnSlnR2c5unhLMHM5TBxMus0QrdthsW2EJ1xL0c9JR7y9cNNn9kPrwwhxzj&#10;vKjb8IyHVIBNYLAoqcH9+tv/GI/Qo5eSFjVTUv9zz5ygRH03SMqX8XQaRZYu09vPERN37dlee8xe&#10;3wPKcowvxPJkxvigTqZ0oN9Q3qvYFV3McOxd0nAy70OvZHweXKxWKQhlZVl4NBvLY+kIZ4T2tXtj&#10;zg74B2TuCU7qYsU7GvrYnojVPoBsEkcR4B7VAXeUZKJueD5R89f3FHV55MvfAAAA//8DAFBLAwQU&#10;AAYACAAAACEAbjdKJeAAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI3Fon&#10;EZQoxKmqSBUSgkNLL9yceJtE2OsQu23g61lOcNyZ0czbcj07K844hcGTgnSZgEBqvRmoU3B42y5y&#10;ECFqMtp6QgVfGGBdXV+VujD+Qjs872MnuIRCoRX0MY6FlKHt0emw9CMSe0c/OR35nDppJn3hcmdl&#10;liQr6fRAvNDrEese24/9ySl4rrevetdkLv+29dPLcTN+Ht7vlbq9mTePICLO8S8Mv/iMDhUzNf5E&#10;JgirYJHepRxlg3dAcCJLH1hpWFnlCciqlP9/qH4AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+&#10;AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAA&#10;ACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAA&#10;ACEAcL6XGBUCAAAsBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYA&#10;CAAAACEAbjdKJeAAAAALAQAADwAAAAAAAAAAAAAAAABvBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAA&#10;AAAEAAQA8wAAAHwFAAAAAA==&#10;" filled="f" stroked="f" strokeweight=".5pt">
               <v:textbox>
                 <w:txbxContent>
-                  <w:p w14:paraId="6D2CC932" w14:textId="1B690557" w:rsidR="00A75A5B" w:rsidRPr="00A868BD" w:rsidRDefault="00A75A5B" w:rsidP="00AF0345">
+                  <w:p w14:paraId="6D2CC932" w14:textId="1B690557" w:rsidR="00A75A5B" w:rsidRPr="0028200C" w:rsidRDefault="00A75A5B" w:rsidP="00AF0345">
                     <w:pPr>
                       <w:shd w:val="clear" w:color="auto" w:fill="E7E6E6" w:themeFill="background2"/>
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                     </w:pPr>
-                    <w:r w:rsidRPr="00A868BD">
+                    <w:r w:rsidRPr="0028200C">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t xml:space="preserve">Artigo </w:t>
                     </w:r>
-                    <w:r w:rsidR="00BA4148" w:rsidRPr="00BA4148">
+                    <w:r w:rsidR="00BA4148" w:rsidRPr="0028200C">
                       <w:rPr>
-                        <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+                        <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
                         <w:b/>
                         <w:bCs/>
                         <w:color w:val="AEAAAA" w:themeColor="background2" w:themeShade="BF"/>
                         <w:sz w:val="24"/>
                         <w:szCs w:val="24"/>
                       </w:rPr>
                       <w:t>Científico</w:t>
                     </w:r>
                   </w:p>
                 </w:txbxContent>
               </v:textbox>
             </v:shape>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="00037F1D">
       <w:rPr>
         <w:noProof/>
         <w:lang w:bidi="ar-SA"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0AE62D86" wp14:editId="665F32CD">
@@ -7768,453 +9088,576 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007575C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="140"/>
+  <w:zoom w:percent="170"/>
   <w:gutterAtTop/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7FF5"/>
     <w:rsid w:val="00006927"/>
     <w:rsid w:val="000128EB"/>
     <w:rsid w:val="000145E0"/>
     <w:rsid w:val="000175DF"/>
     <w:rsid w:val="00027560"/>
     <w:rsid w:val="000318A9"/>
     <w:rsid w:val="00033056"/>
     <w:rsid w:val="00034540"/>
+    <w:rsid w:val="0003612A"/>
     <w:rsid w:val="0003746F"/>
     <w:rsid w:val="00037F1D"/>
     <w:rsid w:val="000443A4"/>
     <w:rsid w:val="000464C9"/>
+    <w:rsid w:val="0004715C"/>
     <w:rsid w:val="00054141"/>
     <w:rsid w:val="00060E2A"/>
     <w:rsid w:val="000633D1"/>
     <w:rsid w:val="000671C0"/>
+    <w:rsid w:val="000673F4"/>
+    <w:rsid w:val="00070735"/>
     <w:rsid w:val="000740E1"/>
     <w:rsid w:val="000833EB"/>
     <w:rsid w:val="00086EAD"/>
+    <w:rsid w:val="00096A2B"/>
     <w:rsid w:val="000A5880"/>
     <w:rsid w:val="000B4481"/>
     <w:rsid w:val="000C0F2D"/>
     <w:rsid w:val="000C3B33"/>
     <w:rsid w:val="000C7D93"/>
     <w:rsid w:val="000D2B6A"/>
     <w:rsid w:val="000E60BF"/>
     <w:rsid w:val="000F4BA9"/>
+    <w:rsid w:val="000F751C"/>
     <w:rsid w:val="0010150F"/>
     <w:rsid w:val="00104AE6"/>
     <w:rsid w:val="00106081"/>
     <w:rsid w:val="00106A20"/>
     <w:rsid w:val="001201B6"/>
     <w:rsid w:val="00121CD8"/>
     <w:rsid w:val="001329C0"/>
     <w:rsid w:val="00133667"/>
+    <w:rsid w:val="00137764"/>
     <w:rsid w:val="00145639"/>
     <w:rsid w:val="00145A82"/>
     <w:rsid w:val="0014683D"/>
     <w:rsid w:val="0016724B"/>
     <w:rsid w:val="00171BA6"/>
     <w:rsid w:val="00173AE9"/>
+    <w:rsid w:val="00173D06"/>
     <w:rsid w:val="00174233"/>
     <w:rsid w:val="00176174"/>
+    <w:rsid w:val="00187E60"/>
     <w:rsid w:val="00190B81"/>
     <w:rsid w:val="00192521"/>
     <w:rsid w:val="001B71DF"/>
+    <w:rsid w:val="001C01C5"/>
     <w:rsid w:val="001C1C19"/>
     <w:rsid w:val="001D208E"/>
     <w:rsid w:val="001D4F8D"/>
     <w:rsid w:val="001D78FD"/>
+    <w:rsid w:val="001E1D6A"/>
     <w:rsid w:val="001E2000"/>
+    <w:rsid w:val="001F423B"/>
     <w:rsid w:val="001F5E93"/>
     <w:rsid w:val="002016AA"/>
+    <w:rsid w:val="00202F87"/>
     <w:rsid w:val="0021235E"/>
+    <w:rsid w:val="0021764D"/>
     <w:rsid w:val="0022158C"/>
+    <w:rsid w:val="002269BC"/>
     <w:rsid w:val="0023521D"/>
     <w:rsid w:val="00235D01"/>
+    <w:rsid w:val="00240392"/>
     <w:rsid w:val="00242A24"/>
     <w:rsid w:val="002437B8"/>
+    <w:rsid w:val="00250145"/>
     <w:rsid w:val="0025206B"/>
     <w:rsid w:val="00262D30"/>
     <w:rsid w:val="00277997"/>
+    <w:rsid w:val="0028200C"/>
     <w:rsid w:val="002A1C6F"/>
     <w:rsid w:val="002B5196"/>
+    <w:rsid w:val="002B7981"/>
     <w:rsid w:val="002C1ACF"/>
     <w:rsid w:val="002D0E30"/>
     <w:rsid w:val="002D21CC"/>
     <w:rsid w:val="002D5963"/>
     <w:rsid w:val="002E6AAB"/>
     <w:rsid w:val="002F4D5E"/>
+    <w:rsid w:val="002F6D4F"/>
     <w:rsid w:val="002F758B"/>
     <w:rsid w:val="002F7DDD"/>
     <w:rsid w:val="00303097"/>
+    <w:rsid w:val="00306CA8"/>
+    <w:rsid w:val="003136FD"/>
     <w:rsid w:val="00314594"/>
+    <w:rsid w:val="003211BB"/>
     <w:rsid w:val="003245A3"/>
     <w:rsid w:val="00324ACC"/>
     <w:rsid w:val="00327094"/>
     <w:rsid w:val="00336F4D"/>
     <w:rsid w:val="0034120B"/>
     <w:rsid w:val="00345612"/>
+    <w:rsid w:val="0035302E"/>
     <w:rsid w:val="00353A97"/>
     <w:rsid w:val="00361467"/>
     <w:rsid w:val="00377061"/>
     <w:rsid w:val="0038001F"/>
     <w:rsid w:val="00380F5C"/>
+    <w:rsid w:val="00383C62"/>
     <w:rsid w:val="003854B6"/>
+    <w:rsid w:val="0039124B"/>
+    <w:rsid w:val="00397CBC"/>
     <w:rsid w:val="003B2D49"/>
     <w:rsid w:val="003B3C18"/>
     <w:rsid w:val="003B782E"/>
+    <w:rsid w:val="003C626F"/>
     <w:rsid w:val="003D100B"/>
     <w:rsid w:val="003E378F"/>
     <w:rsid w:val="003E7EF6"/>
+    <w:rsid w:val="0040082D"/>
     <w:rsid w:val="00405BCC"/>
     <w:rsid w:val="00407C04"/>
     <w:rsid w:val="00407CD7"/>
     <w:rsid w:val="00413294"/>
     <w:rsid w:val="00413B8F"/>
     <w:rsid w:val="004173AC"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00424804"/>
     <w:rsid w:val="004364F9"/>
     <w:rsid w:val="00441EE4"/>
     <w:rsid w:val="00444D69"/>
     <w:rsid w:val="004559DC"/>
+    <w:rsid w:val="004651A6"/>
     <w:rsid w:val="00465AA3"/>
+    <w:rsid w:val="0047087C"/>
     <w:rsid w:val="00480529"/>
+    <w:rsid w:val="0048162C"/>
+    <w:rsid w:val="00496050"/>
     <w:rsid w:val="004B7BC4"/>
     <w:rsid w:val="004C379F"/>
     <w:rsid w:val="004C3950"/>
     <w:rsid w:val="004C6775"/>
     <w:rsid w:val="004C6B42"/>
     <w:rsid w:val="004C6F2D"/>
+    <w:rsid w:val="004C773B"/>
     <w:rsid w:val="004D03F7"/>
     <w:rsid w:val="004F1A0A"/>
     <w:rsid w:val="004F30E5"/>
+    <w:rsid w:val="004F50A5"/>
+    <w:rsid w:val="00507CFD"/>
     <w:rsid w:val="0051341E"/>
     <w:rsid w:val="00513D25"/>
     <w:rsid w:val="0051662B"/>
     <w:rsid w:val="0052207E"/>
     <w:rsid w:val="00525061"/>
+    <w:rsid w:val="005276C4"/>
+    <w:rsid w:val="005309F8"/>
+    <w:rsid w:val="0053629C"/>
     <w:rsid w:val="00540B11"/>
     <w:rsid w:val="00541053"/>
     <w:rsid w:val="005459D2"/>
     <w:rsid w:val="005815C6"/>
     <w:rsid w:val="005833FE"/>
     <w:rsid w:val="005837A4"/>
     <w:rsid w:val="00585367"/>
     <w:rsid w:val="00595AD3"/>
     <w:rsid w:val="005A0D2E"/>
     <w:rsid w:val="005A4E18"/>
     <w:rsid w:val="005A7DFE"/>
     <w:rsid w:val="005B29F3"/>
     <w:rsid w:val="005C2BBA"/>
     <w:rsid w:val="005D48FB"/>
     <w:rsid w:val="005D4FDF"/>
     <w:rsid w:val="005E5FFE"/>
+    <w:rsid w:val="005E7F6F"/>
+    <w:rsid w:val="005F24D1"/>
     <w:rsid w:val="005F5539"/>
     <w:rsid w:val="005F6D88"/>
     <w:rsid w:val="006134BD"/>
     <w:rsid w:val="00613834"/>
     <w:rsid w:val="00622829"/>
     <w:rsid w:val="00623C1E"/>
     <w:rsid w:val="00631902"/>
+    <w:rsid w:val="00637286"/>
     <w:rsid w:val="006375B7"/>
     <w:rsid w:val="00640A55"/>
+    <w:rsid w:val="006455CC"/>
     <w:rsid w:val="00645CD4"/>
     <w:rsid w:val="00660959"/>
     <w:rsid w:val="0066375A"/>
+    <w:rsid w:val="00682387"/>
+    <w:rsid w:val="00683AC4"/>
     <w:rsid w:val="00684ADA"/>
     <w:rsid w:val="00687FB5"/>
     <w:rsid w:val="006914E1"/>
     <w:rsid w:val="006A25A7"/>
     <w:rsid w:val="006A3F74"/>
     <w:rsid w:val="006A4117"/>
+    <w:rsid w:val="006A4D3C"/>
     <w:rsid w:val="006B4274"/>
+    <w:rsid w:val="006D21AC"/>
     <w:rsid w:val="006D344F"/>
     <w:rsid w:val="006E31BC"/>
     <w:rsid w:val="006E3C5E"/>
+    <w:rsid w:val="00706E01"/>
     <w:rsid w:val="007126E8"/>
+    <w:rsid w:val="00714181"/>
     <w:rsid w:val="007165E4"/>
     <w:rsid w:val="00716A22"/>
     <w:rsid w:val="00717612"/>
     <w:rsid w:val="007357C4"/>
+    <w:rsid w:val="00735E74"/>
     <w:rsid w:val="0074674E"/>
     <w:rsid w:val="007575C0"/>
+    <w:rsid w:val="00770C79"/>
     <w:rsid w:val="00772199"/>
     <w:rsid w:val="00776F52"/>
     <w:rsid w:val="00780D58"/>
     <w:rsid w:val="00783055"/>
     <w:rsid w:val="00785709"/>
+    <w:rsid w:val="007864B8"/>
+    <w:rsid w:val="00790144"/>
+    <w:rsid w:val="007909D2"/>
+    <w:rsid w:val="00792E05"/>
     <w:rsid w:val="00796564"/>
     <w:rsid w:val="007A216D"/>
     <w:rsid w:val="007A2DFA"/>
     <w:rsid w:val="007B1828"/>
     <w:rsid w:val="007B3484"/>
     <w:rsid w:val="007B3EFD"/>
     <w:rsid w:val="007D4083"/>
     <w:rsid w:val="007D6BD4"/>
     <w:rsid w:val="007E0A5A"/>
     <w:rsid w:val="007F6571"/>
     <w:rsid w:val="007F6F15"/>
     <w:rsid w:val="007F7AD7"/>
+    <w:rsid w:val="00800741"/>
     <w:rsid w:val="00802D7A"/>
+    <w:rsid w:val="00811B20"/>
     <w:rsid w:val="0082005E"/>
     <w:rsid w:val="00823929"/>
     <w:rsid w:val="00823B40"/>
+    <w:rsid w:val="00831794"/>
     <w:rsid w:val="00834F14"/>
     <w:rsid w:val="008476E8"/>
     <w:rsid w:val="00847A03"/>
     <w:rsid w:val="008536B3"/>
+    <w:rsid w:val="00856820"/>
     <w:rsid w:val="008652C6"/>
+    <w:rsid w:val="00870786"/>
     <w:rsid w:val="008809C6"/>
     <w:rsid w:val="00892390"/>
     <w:rsid w:val="008A3D8D"/>
     <w:rsid w:val="008B065E"/>
+    <w:rsid w:val="008B467E"/>
     <w:rsid w:val="008B6FCD"/>
     <w:rsid w:val="008C1034"/>
     <w:rsid w:val="008C5FDD"/>
+    <w:rsid w:val="008C6B4C"/>
+    <w:rsid w:val="008C6C68"/>
     <w:rsid w:val="008D52A3"/>
     <w:rsid w:val="008E3E50"/>
     <w:rsid w:val="008F50C1"/>
     <w:rsid w:val="009070A6"/>
     <w:rsid w:val="00911D90"/>
     <w:rsid w:val="0091554F"/>
     <w:rsid w:val="0092218A"/>
+    <w:rsid w:val="00923A68"/>
     <w:rsid w:val="0093021F"/>
     <w:rsid w:val="00932AA9"/>
     <w:rsid w:val="00935CC2"/>
+    <w:rsid w:val="00941FA1"/>
     <w:rsid w:val="009745EA"/>
     <w:rsid w:val="009774CC"/>
     <w:rsid w:val="009779C7"/>
+    <w:rsid w:val="009842E1"/>
     <w:rsid w:val="00991C5C"/>
+    <w:rsid w:val="009B0B20"/>
     <w:rsid w:val="009B0FF8"/>
+    <w:rsid w:val="009B4BCD"/>
     <w:rsid w:val="009B5C70"/>
     <w:rsid w:val="009B7B09"/>
     <w:rsid w:val="009D28B9"/>
     <w:rsid w:val="009E0C20"/>
     <w:rsid w:val="009E391A"/>
+    <w:rsid w:val="009E408F"/>
     <w:rsid w:val="009E43C7"/>
     <w:rsid w:val="009F7FBA"/>
     <w:rsid w:val="00A01C03"/>
+    <w:rsid w:val="00A01C32"/>
+    <w:rsid w:val="00A02240"/>
     <w:rsid w:val="00A0231D"/>
     <w:rsid w:val="00A12F08"/>
     <w:rsid w:val="00A159BC"/>
     <w:rsid w:val="00A25815"/>
     <w:rsid w:val="00A30B2E"/>
     <w:rsid w:val="00A312A8"/>
+    <w:rsid w:val="00A320BA"/>
     <w:rsid w:val="00A329E8"/>
     <w:rsid w:val="00A33D9B"/>
     <w:rsid w:val="00A37847"/>
     <w:rsid w:val="00A43FE2"/>
     <w:rsid w:val="00A50765"/>
+    <w:rsid w:val="00A517FA"/>
     <w:rsid w:val="00A5332E"/>
     <w:rsid w:val="00A615ED"/>
     <w:rsid w:val="00A724B4"/>
     <w:rsid w:val="00A743B1"/>
     <w:rsid w:val="00A745B7"/>
     <w:rsid w:val="00A75A5B"/>
+    <w:rsid w:val="00A7779B"/>
     <w:rsid w:val="00A81AD8"/>
     <w:rsid w:val="00A81D3F"/>
     <w:rsid w:val="00A8285C"/>
     <w:rsid w:val="00A868BD"/>
     <w:rsid w:val="00A87CC0"/>
     <w:rsid w:val="00A9411A"/>
+    <w:rsid w:val="00A977F7"/>
+    <w:rsid w:val="00AC5E89"/>
     <w:rsid w:val="00AD1DAC"/>
     <w:rsid w:val="00AD6256"/>
     <w:rsid w:val="00AE1F50"/>
     <w:rsid w:val="00AE24FF"/>
+    <w:rsid w:val="00AE3298"/>
     <w:rsid w:val="00AE3510"/>
     <w:rsid w:val="00AE5B65"/>
     <w:rsid w:val="00AE7FF5"/>
     <w:rsid w:val="00AF0345"/>
     <w:rsid w:val="00AF6808"/>
     <w:rsid w:val="00AF73A9"/>
     <w:rsid w:val="00B0198A"/>
     <w:rsid w:val="00B059D6"/>
+    <w:rsid w:val="00B10B22"/>
     <w:rsid w:val="00B17E47"/>
     <w:rsid w:val="00B20D7A"/>
     <w:rsid w:val="00B31FE1"/>
     <w:rsid w:val="00B400B7"/>
     <w:rsid w:val="00B44BEB"/>
     <w:rsid w:val="00B47260"/>
     <w:rsid w:val="00B47F67"/>
     <w:rsid w:val="00B544FB"/>
     <w:rsid w:val="00B6238B"/>
+    <w:rsid w:val="00B63120"/>
     <w:rsid w:val="00B670DF"/>
     <w:rsid w:val="00B77E0C"/>
     <w:rsid w:val="00B82580"/>
     <w:rsid w:val="00B833BB"/>
+    <w:rsid w:val="00B83C2B"/>
+    <w:rsid w:val="00B9681A"/>
     <w:rsid w:val="00B97A26"/>
+    <w:rsid w:val="00BA2876"/>
     <w:rsid w:val="00BA2D77"/>
+    <w:rsid w:val="00BA3A82"/>
     <w:rsid w:val="00BA4148"/>
     <w:rsid w:val="00BC10D1"/>
+    <w:rsid w:val="00BC3306"/>
+    <w:rsid w:val="00BC5BA6"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BE2178"/>
     <w:rsid w:val="00BF24D2"/>
     <w:rsid w:val="00BF5FEC"/>
     <w:rsid w:val="00C01F98"/>
     <w:rsid w:val="00C162D5"/>
     <w:rsid w:val="00C24768"/>
+    <w:rsid w:val="00C26A28"/>
     <w:rsid w:val="00C405D4"/>
     <w:rsid w:val="00C42A90"/>
     <w:rsid w:val="00C45E0E"/>
     <w:rsid w:val="00C53797"/>
     <w:rsid w:val="00C53854"/>
+    <w:rsid w:val="00C62FB6"/>
     <w:rsid w:val="00C70667"/>
     <w:rsid w:val="00C7298F"/>
+    <w:rsid w:val="00C74724"/>
     <w:rsid w:val="00C74967"/>
     <w:rsid w:val="00C74C7F"/>
     <w:rsid w:val="00C755D8"/>
     <w:rsid w:val="00C958B3"/>
     <w:rsid w:val="00C95CB8"/>
     <w:rsid w:val="00CA0F67"/>
+    <w:rsid w:val="00CA1561"/>
     <w:rsid w:val="00CA4C3F"/>
     <w:rsid w:val="00CB2554"/>
     <w:rsid w:val="00CB5045"/>
+    <w:rsid w:val="00CB6792"/>
     <w:rsid w:val="00CB6E36"/>
     <w:rsid w:val="00CC02C1"/>
     <w:rsid w:val="00CD07C6"/>
     <w:rsid w:val="00CD1405"/>
+    <w:rsid w:val="00CD20DE"/>
     <w:rsid w:val="00CE44A5"/>
     <w:rsid w:val="00CE5081"/>
+    <w:rsid w:val="00CF646F"/>
     <w:rsid w:val="00D0325D"/>
     <w:rsid w:val="00D07288"/>
     <w:rsid w:val="00D1461C"/>
+    <w:rsid w:val="00D2453E"/>
+    <w:rsid w:val="00D304DD"/>
     <w:rsid w:val="00D40013"/>
     <w:rsid w:val="00D41469"/>
+    <w:rsid w:val="00D423DB"/>
+    <w:rsid w:val="00D46466"/>
     <w:rsid w:val="00D61E0A"/>
+    <w:rsid w:val="00D62712"/>
     <w:rsid w:val="00D66F1D"/>
     <w:rsid w:val="00D67929"/>
+    <w:rsid w:val="00D71F12"/>
     <w:rsid w:val="00D80472"/>
     <w:rsid w:val="00D95622"/>
     <w:rsid w:val="00D97772"/>
     <w:rsid w:val="00D97A00"/>
     <w:rsid w:val="00DA3012"/>
     <w:rsid w:val="00DA65D3"/>
     <w:rsid w:val="00DB7D3B"/>
+    <w:rsid w:val="00DD19C3"/>
+    <w:rsid w:val="00DD1C42"/>
     <w:rsid w:val="00DD3D51"/>
     <w:rsid w:val="00DD4F30"/>
     <w:rsid w:val="00DD5498"/>
     <w:rsid w:val="00DD5F21"/>
+    <w:rsid w:val="00DE019D"/>
     <w:rsid w:val="00DE52FB"/>
     <w:rsid w:val="00DE60EF"/>
     <w:rsid w:val="00DE7F65"/>
     <w:rsid w:val="00E17F93"/>
+    <w:rsid w:val="00E2157F"/>
+    <w:rsid w:val="00E22B63"/>
     <w:rsid w:val="00E27442"/>
     <w:rsid w:val="00E30C0A"/>
     <w:rsid w:val="00E30DFB"/>
     <w:rsid w:val="00E312A0"/>
     <w:rsid w:val="00E31AB5"/>
     <w:rsid w:val="00E4495E"/>
     <w:rsid w:val="00E52691"/>
     <w:rsid w:val="00E622D6"/>
     <w:rsid w:val="00E623D4"/>
     <w:rsid w:val="00E6252B"/>
     <w:rsid w:val="00E628DE"/>
+    <w:rsid w:val="00E74253"/>
     <w:rsid w:val="00E97712"/>
     <w:rsid w:val="00EA0013"/>
     <w:rsid w:val="00EA0888"/>
+    <w:rsid w:val="00EA255A"/>
     <w:rsid w:val="00EA5770"/>
+    <w:rsid w:val="00EA79C2"/>
+    <w:rsid w:val="00EB26B4"/>
     <w:rsid w:val="00EB2E06"/>
     <w:rsid w:val="00EC01D7"/>
     <w:rsid w:val="00EC067A"/>
     <w:rsid w:val="00EC3B34"/>
     <w:rsid w:val="00EC551C"/>
     <w:rsid w:val="00EC7A63"/>
+    <w:rsid w:val="00ED07B4"/>
     <w:rsid w:val="00ED1206"/>
+    <w:rsid w:val="00ED161B"/>
     <w:rsid w:val="00EE243C"/>
+    <w:rsid w:val="00EF3CC1"/>
+    <w:rsid w:val="00EF4753"/>
     <w:rsid w:val="00EF5383"/>
+    <w:rsid w:val="00F00903"/>
     <w:rsid w:val="00F02F52"/>
     <w:rsid w:val="00F132F8"/>
     <w:rsid w:val="00F26BE4"/>
     <w:rsid w:val="00F26DCE"/>
     <w:rsid w:val="00F27747"/>
     <w:rsid w:val="00F333D5"/>
     <w:rsid w:val="00F34CE8"/>
+    <w:rsid w:val="00F429EF"/>
+    <w:rsid w:val="00F46B89"/>
+    <w:rsid w:val="00F5453F"/>
     <w:rsid w:val="00F55664"/>
     <w:rsid w:val="00F56D07"/>
     <w:rsid w:val="00F6034C"/>
+    <w:rsid w:val="00F65C8C"/>
     <w:rsid w:val="00F67B88"/>
+    <w:rsid w:val="00F73A4A"/>
     <w:rsid w:val="00F75F9E"/>
     <w:rsid w:val="00F87FE6"/>
     <w:rsid w:val="00F913FE"/>
     <w:rsid w:val="00F91A5F"/>
+    <w:rsid w:val="00F92B09"/>
     <w:rsid w:val="00F92B2A"/>
     <w:rsid w:val="00FA3640"/>
+    <w:rsid w:val="00FA3C6B"/>
     <w:rsid w:val="00FB3ED5"/>
+    <w:rsid w:val="00FB6B2D"/>
     <w:rsid w:val="00FD0127"/>
     <w:rsid w:val="00FD4609"/>
+    <w:rsid w:val="00FD6706"/>
+    <w:rsid w:val="00FE04A0"/>
     <w:rsid w:val="00FE15F6"/>
     <w:rsid w:val="00FE53AD"/>
+    <w:rsid w:val="00FE6482"/>
     <w:rsid w:val="00FF163A"/>
     <w:rsid w:val="00FF49CA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="pt-BR"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
@@ -9653,51 +11096,51 @@
     <w:div w:id="1977757703">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://creativecommons.org/licenses/by/4.0/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.gif"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.openaccess.nl/en/what-is-open-access" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanadetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanadetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanadetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanodetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lattes.cnpq.br/0000000000000000" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanadetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lattes.cnpq.br/0000000000000000" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:fulanadetal@ifto.edu.br" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://orcid.org/0000-0000-0000-0000" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://lattes.cnpq.br/0000000000000000" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sitionovo.ifto.edu.br/index.php/sitionovo/index" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
@@ -9941,55 +11384,71 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="15"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D79333-CE0F-4C58-9D74-B606ECAE9F38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>5</Pages>
-[...1 lines deleted...]
-  <Characters>10469</Characters>
+  <Pages>6</Pages>
+  <Words>1942</Words>
+  <Characters>10490</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>87</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Título</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12383</CharactersWithSpaces>
+  <CharactersWithSpaces>12408</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
-  <dc:creator/>
+  <dc:creator>Quenizia Vieira Lopes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
+  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>