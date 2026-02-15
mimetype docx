--- v1 (2026-01-01)
+++ v2 (2026-02-15)
@@ -1749,78 +1749,54 @@
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>somente a primeira letra do título do artigo deve ser maiúscula, exceto no caso de nomes próprios. Evitar abreviaturas e nomes científicos no título. O nome científico só deve ser empregado quando estritamente necessário e deverá aparecer nas palavras-chave, resumo e demais seções, quando necessário. O título e o subtítulo (se houver) devem figurar na página de abertura separados por dois pontos, centralizado na página, em fonte 1</w:t>
       </w:r>
       <w:r w:rsidR="004173AC" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">, estar em negrito, e conter, no máximo, 15 (quinze) palavras. Com a chamada de rodapé numérica, extraída do título, devem constar informações sobre a natureza do trabalho (se extraído de tese/dissertação) e referências às instituições colaboradoras. Nos títulos das demais seções (resumo, abstract, </w:t>
-[...23 lines deleted...]
-        <w:t>), somente a primeira letra deve ser maiúscula, estar em negrito e justificado à esquerda.</w:t>
+        <w:t>, estar em negrito, e conter, no máximo, 15 (quinze) palavras. Com a chamada de rodapé numérica, extraída do título, devem constar informações sobre a natureza do trabalho (se extraído de tese/dissertação) e referências às instituições colaboradoras. Nos títulos das demais seções (resumo, abstract, introdução, etc.), somente a primeira letra deve ser maiúscula, estar em negrito e justificado à esquerda.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7653933E" w14:textId="5E3501C7" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B20D7A">
+    <w:p w14:paraId="7653933E" w14:textId="57ECC008" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="005F6D88" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>Autores:</w:t>
@@ -1996,71 +1972,126 @@
         </w:rPr>
         <w:t>trabalho</w:t>
       </w:r>
       <w:r w:rsidR="00540B11" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>: a primeira omitindo os nomes dos autores e a nota de rodapé, que deverá ser enviada como versão para avaliação; e a segunda deverá ser enviada com todos esses dados como documentos suplementares.</w:t>
       </w:r>
       <w:r w:rsidR="00DA3012" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B20D7A" w:rsidRPr="00923A68">
+      <w:r w:rsidR="00680E3C" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>Junto com a submissão, os autores precisam encaminhar, como documentos suplementares, os seguintes documentos, que estão disponíveis na página da revista: Declaração de Crédito, Declaração de Conflito de Interesse e Formulário sobre Conformidade com a Ciência Aberta</w:t>
+        <w:t>Junto com a submissão, os autores precisam encaminhar</w:t>
+      </w:r>
+      <w:r w:rsidR="00680E3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> os </w:t>
+      </w:r>
+      <w:r w:rsidR="00680E3C" w:rsidRPr="00B65862">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>Documentos suplementares necessários para a submissão de trabalho</w:t>
+      </w:r>
+      <w:r w:rsidR="00680E3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>, que</w:t>
+      </w:r>
+      <w:r w:rsidR="00680E3C" w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> estão disponíveis na página da revista</w:t>
+      </w:r>
+      <w:r w:rsidR="00680E3C">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="00000A"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="007B3EFD" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="00000A"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7C8F10EE" w14:textId="77777777" w:rsidR="00B20D7A" w:rsidRPr="00923A68" w:rsidRDefault="00B20D7A" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6B1F53A9" w14:textId="77777777" w:rsidR="00C74967" w:rsidRPr="00923A68" w:rsidRDefault="00C74967" w:rsidP="00B20D7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
@@ -2091,52 +2122,63 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="08FB82FA" w14:textId="7FFFF798" w:rsidR="005F6D88" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00B544FB">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
+        <w:t xml:space="preserve">A palavra Introdução deve ser grafada em letras minúsculas, exceto a letra inicial, estar em negrito e justificada à esquerda. Deve ser breve, mas suficiente para </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00923A68">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>A palavra Introdução deve ser grafada em letras minúsculas, exceto a letra inicial, estar em negrito e justificada à esquerda. Deve ser breve, mas suficiente para esclarecer o problema abordado ou a(s) hipótese(s) de trabalho (no máximo duas páginas), com citação da bibliografia específica e atualizada, e finalizar com a indicação do objetivo de forma coerente com o descrito no início do Resumo. As citações e notas devem ser conforme a</w:t>
+        <w:t>esclarecer o problema abordado ou a(s) hipótese(s) de trabalho (no máximo duas páginas), com citação da bibliografia específica e atualizada, e finalizar com a indicação do objetivo de forma coerente com o descrito no início do Resumo. As citações e notas devem ser conforme a</w:t>
       </w:r>
       <w:r w:rsidR="0052207E" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">s normas atuais </w:t>
       </w:r>
       <w:r w:rsidR="001D208E" w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve">da </w:t>
       </w:r>
       <w:r w:rsidRPr="00923A68">
         <w:rPr>
@@ -5591,90 +5633,76 @@
         </w:rPr>
         <w:t>, 20</w:t>
       </w:r>
       <w:r w:rsidR="00A977F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
       <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>. DOI: 10.47236/2594-</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="gramStart"/>
+        <w:t>. DOI: 10.47236/2594-7036.20</w:t>
+      </w:r>
+      <w:r w:rsidR="00A977F7">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="000000"/>
+          <w:spacing w:val="-2"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+          <w:lang w:eastAsia="pt-BR"/>
+        </w:rPr>
+        <w:t>30</w:t>
+      </w:r>
       <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t>7036.20</w:t>
-[...22 lines deleted...]
-        </w:rPr>
         <w:t>.v</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="00A977F7">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>14</w:t>
       </w:r>
       <w:r w:rsidR="004F50A5" w:rsidRPr="004F50A5">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00A977F7">
@@ -6134,75 +6162,51 @@
         </w:rPr>
         <w:t>Agradecimentos</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D0D752C" w14:textId="77777777" w:rsidR="00A50765" w:rsidRPr="00923A68" w:rsidRDefault="00540B11" w:rsidP="00834F14">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:firstLine="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00923A68">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
-        <w:t xml:space="preserve">Opcionais. Texto sucinto aprovado pelo periódico em que será publicado. O termo Agradecimentos deve ser grafado em negrito, com letras minúsculas, exceto a letra inicial, na margem esquerda da página. Deve ser o último elemento pós-textual, iniciando-se com “Ao, </w:t>
-[...23 lines deleted...]
-        <w:t>, À ou Às”. Incluem-se nesta seção as indicações de suporte financeiro ao projeto de pesquisa do qual originou o trabalho.</w:t>
+        <w:t>Opcionais. Texto sucinto aprovado pelo periódico em que será publicado. O termo Agradecimentos deve ser grafado em negrito, com letras minúsculas, exceto a letra inicial, na margem esquerda da página. Deve ser o último elemento pós-textual, iniciando-se com “Ao, Aos, À ou Às”. Incluem-se nesta seção as indicações de suporte financeiro ao projeto de pesquisa do qual originou o trabalho.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68550BD9" w14:textId="77777777" w:rsidR="00F26BE4" w:rsidRPr="00923A68" w:rsidRDefault="00F26BE4" w:rsidP="00595AD3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31CAB336" w14:textId="6CD0C093" w:rsidR="007165E4" w:rsidRPr="00923A68" w:rsidRDefault="007165E4" w:rsidP="007165E4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="222222"/>
         </w:rPr>
       </w:pPr>
@@ -7246,68 +7250,149 @@
       <w:r w:rsidR="00121CD8" w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> d</w:t>
       </w:r>
       <w:r w:rsidR="00F27747" w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t>o</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> texto em espanhol:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B46F22" w14:textId="7D7D7308" w:rsidR="00AE7FF5" w:rsidRDefault="005276C4" w:rsidP="00B544FB">
+    <w:p w14:paraId="11472186" w14:textId="77777777" w:rsidR="00EF7CC2" w:rsidRDefault="005276C4" w:rsidP="00B544FB">
       <w:pPr>
         <w:pStyle w:val="SitioNovoCitacao"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+    </w:p>
+    <w:p w14:paraId="0745FCAE" w14:textId="77777777" w:rsidR="00EF7CC2" w:rsidRDefault="00EF7CC2" w:rsidP="00B544FB">
+      <w:pPr>
+        <w:pStyle w:val="SitioNovoCitacao"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22FB5B88" w14:textId="77777777" w:rsidR="00EF7CC2" w:rsidRPr="00612267" w:rsidRDefault="00EF7CC2" w:rsidP="00EF7CC2">
+      <w:pPr>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00612267">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Como citar:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="796C0AD0" w14:textId="77777777" w:rsidR="00C74033" w:rsidRPr="00DD19C3" w:rsidRDefault="00C74033" w:rsidP="00C74033">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Preenchimento pela equipe editorial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD19C3">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:eastAsia="Times New Roman" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:color w:val="222222"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21B46F22" w14:textId="70DDC7C6" w:rsidR="00AE7FF5" w:rsidRDefault="005276C4" w:rsidP="00B544FB">
+      <w:pPr>
+        <w:pStyle w:val="SitioNovoCitacao"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DD19C3">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00DD19C3">
@@ -9088,58 +9173,58 @@
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="007575C0">
       <w:rPr>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:tab/>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="170"/>
+  <w:zoom w:percent="150"/>
   <w:gutterAtTop/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="pt-BR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="es-ES" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00AE7FF5"/>
     <w:rsid w:val="00006927"/>
@@ -9267,99 +9352,102 @@
     <w:rsid w:val="00407C04"/>
     <w:rsid w:val="00407CD7"/>
     <w:rsid w:val="00413294"/>
     <w:rsid w:val="00413B8F"/>
     <w:rsid w:val="004173AC"/>
     <w:rsid w:val="00420AA2"/>
     <w:rsid w:val="00424804"/>
     <w:rsid w:val="004364F9"/>
     <w:rsid w:val="00441EE4"/>
     <w:rsid w:val="00444D69"/>
     <w:rsid w:val="004559DC"/>
     <w:rsid w:val="004651A6"/>
     <w:rsid w:val="00465AA3"/>
     <w:rsid w:val="0047087C"/>
     <w:rsid w:val="00480529"/>
     <w:rsid w:val="0048162C"/>
     <w:rsid w:val="00496050"/>
     <w:rsid w:val="004B7BC4"/>
     <w:rsid w:val="004C379F"/>
     <w:rsid w:val="004C3950"/>
     <w:rsid w:val="004C6775"/>
     <w:rsid w:val="004C6B42"/>
     <w:rsid w:val="004C6F2D"/>
     <w:rsid w:val="004C773B"/>
     <w:rsid w:val="004D03F7"/>
+    <w:rsid w:val="004D79E3"/>
     <w:rsid w:val="004F1A0A"/>
     <w:rsid w:val="004F30E5"/>
     <w:rsid w:val="004F50A5"/>
     <w:rsid w:val="00507CFD"/>
     <w:rsid w:val="0051341E"/>
     <w:rsid w:val="00513D25"/>
     <w:rsid w:val="0051662B"/>
     <w:rsid w:val="0052207E"/>
     <w:rsid w:val="00525061"/>
     <w:rsid w:val="005276C4"/>
     <w:rsid w:val="005309F8"/>
     <w:rsid w:val="0053629C"/>
     <w:rsid w:val="00540B11"/>
     <w:rsid w:val="00541053"/>
     <w:rsid w:val="005459D2"/>
     <w:rsid w:val="005815C6"/>
     <w:rsid w:val="005833FE"/>
     <w:rsid w:val="005837A4"/>
     <w:rsid w:val="00585367"/>
     <w:rsid w:val="00595AD3"/>
     <w:rsid w:val="005A0D2E"/>
     <w:rsid w:val="005A4E18"/>
     <w:rsid w:val="005A7DFE"/>
     <w:rsid w:val="005B29F3"/>
     <w:rsid w:val="005C2BBA"/>
     <w:rsid w:val="005D48FB"/>
     <w:rsid w:val="005D4FDF"/>
     <w:rsid w:val="005E5FFE"/>
     <w:rsid w:val="005E7F6F"/>
     <w:rsid w:val="005F24D1"/>
     <w:rsid w:val="005F5539"/>
     <w:rsid w:val="005F6D88"/>
     <w:rsid w:val="006134BD"/>
     <w:rsid w:val="00613834"/>
     <w:rsid w:val="00622829"/>
     <w:rsid w:val="00623C1E"/>
     <w:rsid w:val="00631902"/>
     <w:rsid w:val="00637286"/>
     <w:rsid w:val="006375B7"/>
     <w:rsid w:val="00640A55"/>
     <w:rsid w:val="006455CC"/>
     <w:rsid w:val="00645CD4"/>
     <w:rsid w:val="00660959"/>
     <w:rsid w:val="0066375A"/>
+    <w:rsid w:val="00680E3C"/>
     <w:rsid w:val="00682387"/>
     <w:rsid w:val="00683AC4"/>
     <w:rsid w:val="00684ADA"/>
     <w:rsid w:val="00687FB5"/>
     <w:rsid w:val="006914E1"/>
+    <w:rsid w:val="006A246F"/>
     <w:rsid w:val="006A25A7"/>
     <w:rsid w:val="006A3F74"/>
     <w:rsid w:val="006A4117"/>
     <w:rsid w:val="006A4D3C"/>
     <w:rsid w:val="006B4274"/>
     <w:rsid w:val="006D21AC"/>
     <w:rsid w:val="006D344F"/>
     <w:rsid w:val="006E31BC"/>
     <w:rsid w:val="006E3C5E"/>
     <w:rsid w:val="00706E01"/>
     <w:rsid w:val="007126E8"/>
     <w:rsid w:val="00714181"/>
     <w:rsid w:val="007165E4"/>
     <w:rsid w:val="00716A22"/>
     <w:rsid w:val="00717612"/>
     <w:rsid w:val="007357C4"/>
     <w:rsid w:val="00735E74"/>
     <w:rsid w:val="0074674E"/>
     <w:rsid w:val="007575C0"/>
     <w:rsid w:val="00770C79"/>
     <w:rsid w:val="00772199"/>
     <w:rsid w:val="00776F52"/>
     <w:rsid w:val="00780D58"/>
     <w:rsid w:val="00783055"/>
     <w:rsid w:val="00785709"/>
@@ -9494,50 +9582,51 @@
     <w:rsid w:val="00B9681A"/>
     <w:rsid w:val="00B97A26"/>
     <w:rsid w:val="00BA2876"/>
     <w:rsid w:val="00BA2D77"/>
     <w:rsid w:val="00BA3A82"/>
     <w:rsid w:val="00BA4148"/>
     <w:rsid w:val="00BC10D1"/>
     <w:rsid w:val="00BC3306"/>
     <w:rsid w:val="00BC5BA6"/>
     <w:rsid w:val="00BC6A54"/>
     <w:rsid w:val="00BE2178"/>
     <w:rsid w:val="00BF24D2"/>
     <w:rsid w:val="00BF5FEC"/>
     <w:rsid w:val="00C01F98"/>
     <w:rsid w:val="00C162D5"/>
     <w:rsid w:val="00C24768"/>
     <w:rsid w:val="00C26A28"/>
     <w:rsid w:val="00C405D4"/>
     <w:rsid w:val="00C42A90"/>
     <w:rsid w:val="00C45E0E"/>
     <w:rsid w:val="00C53797"/>
     <w:rsid w:val="00C53854"/>
     <w:rsid w:val="00C62FB6"/>
     <w:rsid w:val="00C70667"/>
     <w:rsid w:val="00C7298F"/>
+    <w:rsid w:val="00C74033"/>
     <w:rsid w:val="00C74724"/>
     <w:rsid w:val="00C74967"/>
     <w:rsid w:val="00C74C7F"/>
     <w:rsid w:val="00C755D8"/>
     <w:rsid w:val="00C958B3"/>
     <w:rsid w:val="00C95CB8"/>
     <w:rsid w:val="00CA0F67"/>
     <w:rsid w:val="00CA1561"/>
     <w:rsid w:val="00CA4C3F"/>
     <w:rsid w:val="00CB2554"/>
     <w:rsid w:val="00CB5045"/>
     <w:rsid w:val="00CB6792"/>
     <w:rsid w:val="00CB6E36"/>
     <w:rsid w:val="00CC02C1"/>
     <w:rsid w:val="00CD07C6"/>
     <w:rsid w:val="00CD1405"/>
     <w:rsid w:val="00CD20DE"/>
     <w:rsid w:val="00CE44A5"/>
     <w:rsid w:val="00CE5081"/>
     <w:rsid w:val="00CF646F"/>
     <w:rsid w:val="00D0325D"/>
     <w:rsid w:val="00D07288"/>
     <w:rsid w:val="00D1461C"/>
     <w:rsid w:val="00D2453E"/>
     <w:rsid w:val="00D304DD"/>
@@ -9577,56 +9666,59 @@
     <w:rsid w:val="00E31AB5"/>
     <w:rsid w:val="00E4495E"/>
     <w:rsid w:val="00E52691"/>
     <w:rsid w:val="00E622D6"/>
     <w:rsid w:val="00E623D4"/>
     <w:rsid w:val="00E6252B"/>
     <w:rsid w:val="00E628DE"/>
     <w:rsid w:val="00E74253"/>
     <w:rsid w:val="00E97712"/>
     <w:rsid w:val="00EA0013"/>
     <w:rsid w:val="00EA0888"/>
     <w:rsid w:val="00EA255A"/>
     <w:rsid w:val="00EA5770"/>
     <w:rsid w:val="00EA79C2"/>
     <w:rsid w:val="00EB26B4"/>
     <w:rsid w:val="00EB2E06"/>
     <w:rsid w:val="00EC01D7"/>
     <w:rsid w:val="00EC067A"/>
     <w:rsid w:val="00EC3B34"/>
     <w:rsid w:val="00EC551C"/>
     <w:rsid w:val="00EC7A63"/>
     <w:rsid w:val="00ED07B4"/>
     <w:rsid w:val="00ED1206"/>
     <w:rsid w:val="00ED161B"/>
     <w:rsid w:val="00EE243C"/>
+    <w:rsid w:val="00EF2F0A"/>
     <w:rsid w:val="00EF3CC1"/>
     <w:rsid w:val="00EF4753"/>
     <w:rsid w:val="00EF5383"/>
+    <w:rsid w:val="00EF7CC2"/>
     <w:rsid w:val="00F00903"/>
     <w:rsid w:val="00F02F52"/>
     <w:rsid w:val="00F132F8"/>
+    <w:rsid w:val="00F23BBF"/>
     <w:rsid w:val="00F26BE4"/>
     <w:rsid w:val="00F26DCE"/>
     <w:rsid w:val="00F27747"/>
     <w:rsid w:val="00F333D5"/>
     <w:rsid w:val="00F34CE8"/>
     <w:rsid w:val="00F429EF"/>
     <w:rsid w:val="00F46B89"/>
     <w:rsid w:val="00F5453F"/>
     <w:rsid w:val="00F55664"/>
     <w:rsid w:val="00F56D07"/>
     <w:rsid w:val="00F6034C"/>
     <w:rsid w:val="00F65C8C"/>
     <w:rsid w:val="00F67B88"/>
     <w:rsid w:val="00F73A4A"/>
     <w:rsid w:val="00F75F9E"/>
     <w:rsid w:val="00F87FE6"/>
     <w:rsid w:val="00F913FE"/>
     <w:rsid w:val="00F91A5F"/>
     <w:rsid w:val="00F92B09"/>
     <w:rsid w:val="00F92B2A"/>
     <w:rsid w:val="00FA3640"/>
     <w:rsid w:val="00FA3C6B"/>
     <w:rsid w:val="00FB3ED5"/>
     <w:rsid w:val="00FB6B2D"/>
     <w:rsid w:val="00FD0127"/>
@@ -11382,73 +11474,73 @@
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\CHICAGO.XSL" StyleName="Chicago" Version="15"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{24D79333-CE0F-4C58-9D74-B606ECAE9F38}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>6</Pages>
-  <Words>1942</Words>
-  <Characters>10490</Characters>
+  <Words>1935</Words>
+  <Characters>10449</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>87</Lines>
   <Paragraphs>24</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>12408</CharactersWithSpaces>
+  <CharactersWithSpaces>12360</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Quenizia Vieira Lopes</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>